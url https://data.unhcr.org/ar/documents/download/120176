--- v0 (2026-01-07)
+++ v1 (2026-02-17)
@@ -13,491 +13,100 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/documenttasks/documenttask1.xml" ContentType="application/vnd.ms-excel.documenttasks+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment2.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr hidePivotFieldList="1"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ALHUBASA\Desktop\UNRWA\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ALHUBASA\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BAD4153F-699C-4A94-9490-1955F6736E31}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5EA126DB-A570-4B40-AF12-4A975F9E473A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{FD8A39FF-117E-48F4-B39E-268D6B92288E}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="2" xr2:uid="{FD8A39FF-117E-48F4-B39E-268D6B92288E}"/>
   </bookViews>
   <sheets>
     <sheet name="Readme" sheetId="9" r:id="rId1"/>
     <sheet name="Summary" sheetId="8" r:id="rId2"/>
-    <sheet name="Logframe" sheetId="1" r:id="rId3"/>
+    <sheet name="Logframe" sheetId="11" r:id="rId3"/>
     <sheet name="PIN" sheetId="10" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="2">Logframe!$A$1:$Q$51</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">Logframe!$A$1:$K$51</definedName>
     <definedName name="Z_445B5084_4AA9_4766_BDF3_F081BD99834E_.wvu.PrintArea" localSheetId="2" hidden="1">Logframe!$A$1:$K$51</definedName>
     <definedName name="Z_A3FC2C64_8F18_4E91_812D_1C0A223CFD0E_.wvu.PrintArea" localSheetId="2" hidden="1">Logframe!$A$1:$K$51</definedName>
     <definedName name="Z_AA74D617_46A2_4FDC_94DA_407647126A6B_.wvu.PrintArea" localSheetId="2" hidden="1">Logframe!$A$1:$K$51</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <customWorkbookViews>
+    <customWorkbookView name="Fanette Blanc - Personal View" guid="{A3FC2C64-8F18-4E91-812D-1C0A223CFD0E}" mergeInterval="0" personalView="1" maximized="1" xWindow="-8" yWindow="-8" windowWidth="1936" windowHeight="1056" activeSheetId="1"/>
+    <customWorkbookView name="Kareem Khalil - Personal View" guid="{445B5084-4AA9-4766-BDF3-F081BD99834E}" mergeInterval="0" personalView="1" maximized="1" xWindow="-8" yWindow="-8" windowWidth="1936" windowHeight="1096" activeSheetId="1" showComments="commIndAndComment"/>
     <customWorkbookView name="Jean-Charles Rouge - Personal View" guid="{AA74D617-46A2-4FDC-94DA-407647126A6B}" mergeInterval="0" personalView="1" xWindow="13" yWindow="18" windowWidth="1853" windowHeight="755" activeSheetId="1"/>
-    <customWorkbookView name="Kareem Khalil - Personal View" guid="{445B5084-4AA9-4766-BDF3-F081BD99834E}" mergeInterval="0" personalView="1" maximized="1" xWindow="-8" yWindow="-8" windowWidth="1936" windowHeight="1096" activeSheetId="1" showComments="commIndAndComment"/>
-    <customWorkbookView name="Fanette Blanc - Personal View" guid="{A3FC2C64-8F18-4E91-812D-1C0A223CFD0E}" mergeInterval="0" personalView="1" maximized="1" xWindow="-8" yWindow="-8" windowWidth="1936" windowHeight="1056" activeSheetId="1"/>
   </customWorkbookViews>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="AB60" i="1" l="1"/>
-[...389 lines deleted...]
-  <c r="K5" i="1"/>
   <c r="C8" i="10" l="1"/>
   <c r="O7" i="10"/>
   <c r="M7" i="10"/>
   <c r="K7" i="10"/>
   <c r="I7" i="10"/>
   <c r="G7" i="10"/>
   <c r="G3" i="10" l="1"/>
   <c r="B8" i="10"/>
   <c r="O6" i="10"/>
   <c r="M6" i="10"/>
   <c r="K6" i="10"/>
   <c r="J6" i="10"/>
   <c r="I6" i="10"/>
   <c r="G6" i="10"/>
   <c r="O5" i="10"/>
   <c r="M5" i="10"/>
   <c r="K5" i="10"/>
   <c r="J5" i="10"/>
   <c r="I5" i="10"/>
   <c r="G5" i="10"/>
   <c r="J4" i="10"/>
   <c r="K3" i="10"/>
   <c r="M3" i="10"/>
   <c r="I3" i="10"/>
   <c r="O3" i="10"/>
@@ -515,67 +124,67 @@
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>tc={EE7E9A11-E077-4535-80F6-C0B7C5A4DFD0}</author>
   </authors>
   <commentList>
     <comment ref="E8" authorId="0" shapeId="0" xr:uid="{EE7E9A11-E077-4535-80F6-C0B7C5A4DFD0}">
       <text>
         <t>[Threaded comment]
 Your version of Excel allows you to read this threaded comment; however, any edits to it will get removed if the file is opened in a newer version of Excel. Learn more: https://go.microsoft.com/fwlink/?linkid=870924
 [Tasks]
 There is a task anchored to this comment that cannot be viewed in your client.
 Comment:
     @Maroun Sader here Maroun, could you support us in calculating the % under stabilization?</t>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments2.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
-    <author>tc={597DAA6D-E7EF-4B9C-B0DA-C31D4FEEB6AE}</author>
+    <author>tc={AC9C2CC4-AED9-432A-B05E-1B5611E7BF3F}</author>
   </authors>
   <commentList>
-    <comment ref="V54" authorId="0" shapeId="0" xr:uid="{597DAA6D-E7EF-4B9C-B0DA-C31D4FEEB6AE}">
+    <comment ref="L54" authorId="0" shapeId="0" xr:uid="{AC9C2CC4-AED9-432A-B05E-1B5611E7BF3F}">
       <text>
         <t>[Threaded comment]
 Your version of Excel allows you to read this threaded comment; however, any edits to it will get removed if the file is opened in a newer version of Excel. Learn more: https://go.microsoft.com/fwlink/?linkid=870924
 Comment:
     in AI should be 2 indicators600 Humanitarian/200 Gove</t>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1670" uniqueCount="452">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1450" uniqueCount="450">
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>READ ME 
 File Naming Convention</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">: Use the naming format "LRP SECTOR LOGFRAME 2026 v1.0" to ensure consistency and easy retrieval.
 </t>
     </r>
     <r>
       <rPr>
         <b/>
@@ -1123,83 +732,77 @@
   <si>
     <t>Unit + Disaggregation</t>
   </si>
   <si>
     <t>Description/ Definition</t>
   </si>
   <si>
     <t>MoV / Responsible</t>
   </si>
   <si>
     <t>Frequency</t>
   </si>
   <si>
     <t>Beneficiary</t>
   </si>
   <si>
     <t>Data Source</t>
   </si>
   <si>
     <t>Baseline</t>
   </si>
   <si>
     <t>Target</t>
   </si>
   <si>
-    <t>End  Year Results</t>
-[...1 lines deleted...]
-  <si>
     <t>1A</t>
   </si>
   <si>
     <t>% of persons with legal residence OR ID for LEB</t>
   </si>
   <si>
     <t>General Protection</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>For Syrians, refugees and migrants this refers to the % of the population who have legal residency.  For Lebanese it refers to % who have valid identification.  For definitions see UNHCR mandatory outcome indicators: 4.3b Number of refugees for whom residency status is granted or confirmed and for Lebanese: 1.3 Proportion of people with legally recognized identity documents or credentials</t>
   </si>
   <si>
     <t xml:space="preserve">VASYR/ MSNA </t>
   </si>
   <si>
     <t>Yearly</t>
   </si>
   <si>
     <t>LEB</t>
   </si>
   <si>
     <t>MSNA</t>
   </si>
   <si>
-    <t>xx%</t>
-[...1 lines deleted...]
-  <si>
     <t>NA</t>
   </si>
   <si>
     <t>SYR</t>
   </si>
   <si>
     <t>VASYR</t>
   </si>
   <si>
     <t xml:space="preserve">Migrants </t>
   </si>
   <si>
     <t>1B</t>
   </si>
   <si>
     <t>% of children under 5 whose births are registered</t>
   </si>
   <si>
     <t>Standard global indicator of UNICEF and UNHCR.  Refer to organisations indicator guidance for descrption</t>
   </si>
   <si>
     <t>1D</t>
   </si>
   <si>
     <t># of group evictions</t>
@@ -1223,56 +826,50 @@
     <t>% of women, men, girls, and boys who know where and how to access GBV-related justice and protection services when needed</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Description/ definition</t>
   </si>
   <si>
     <t>Q1 - Cumulative Results</t>
   </si>
   <si>
     <t>Q2 - Cumulative Results</t>
   </si>
   <si>
     <t>Q3 - Cumulative Results</t>
   </si>
   <si>
     <t>Q4 - Cumulative Results</t>
   </si>
   <si>
     <t>Unit Cost</t>
   </si>
   <si>
     <t>Total Amount</t>
-  </si>
-[...4 lines deleted...]
-    <t>TOTAL with overhead</t>
   </si>
   <si>
     <t>1.1.1</t>
   </si>
   <si>
     <t># of persons reached through awareness sessions on legal topics</t>
   </si>
   <si>
     <t># of individuals by: nationality; women and men; disabilities</t>
   </si>
   <si>
     <t xml:space="preserve">This includes unique individuals attending awareness sessions on different legal topics. Individuals receiving a legal awareness session that covers various topics are counted only once. 
 This includes general awareness that can be provided by partners with either relevant technical expertise or who have been trained by legal aid service providers on legal services/ topics. </t>
   </si>
   <si>
     <t>ActivityInfo reporting by protection/ legal aid partners; co-monitored by LAG</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>ActivityInfo</t>
   </si>
   <si>
     <t>1.1.2</t>
@@ -1288,53 +885,50 @@
   </si>
   <si>
     <t xml:space="preserve">Activity info Protection/ Legal partners 
 </t>
   </si>
   <si>
     <t>1.1.3</t>
   </si>
   <si>
     <t>Proportion of persons at risk of GBV and survivors who received legal assistance</t>
   </si>
   <si>
     <t>% disaggregated by nationality and age</t>
   </si>
   <si>
     <t>To measure the extent to which individuals who are either at risk of experiencing gender-based violence (GBV) or are survivors of such violence receive legal aid or support.</t>
   </si>
   <si>
     <t>GBVIMS</t>
   </si>
   <si>
     <t>Quarterly</t>
   </si>
   <si>
     <t>List of Activities under this output 1.1</t>
-  </si>
-[...1 lines deleted...]
-    <t>Tagging</t>
   </si>
   <si>
     <t>H/S</t>
   </si>
   <si>
     <t>Activity 1: Registration and verification</t>
   </si>
   <si>
     <t>0/100</t>
   </si>
   <si>
     <t xml:space="preserve">Activity 2: Awareness sessions on legal topics </t>
   </si>
   <si>
     <t>Activity 3: Training for staff/focal points on awareness sessions on legal topics and mainstreaming of messages</t>
   </si>
   <si>
     <t>Activity 4: Protection assessments conducted</t>
   </si>
   <si>
     <t>Activity 5: Legal consultations provided</t>
   </si>
   <si>
     <t>Activity 6: Support for civil registry/ documentation provided</t>
   </si>
@@ -1718,53 +1312,50 @@
   <si>
     <t>Activity 7: Mine risk awareness and education provided to children, specifically in high risk areas</t>
   </si>
   <si>
     <t>70/36</t>
   </si>
   <si>
     <t>2.2.1</t>
   </si>
   <si>
     <t># of caregivers engaged in activities to promote the well-being and protection of children</t>
   </si>
   <si>
     <t>This indicator will be reported by CP actors providing  parenting sessions and other activities to parents/caregivers  who are facing distress to enhance their parenting skills</t>
   </si>
   <si>
     <t>2.2.2</t>
   </si>
   <si>
     <t># of women, men, girls, and boys reached by social and behavioral change initiatives (including QUDWA)</t>
   </si>
   <si>
     <t>Number of people reached through Qudwa initiatives and other behaviour change activities addressing gender norms and violence against women and children; including activities addressing and targeting religious actors</t>
   </si>
   <si>
-    <t xml:space="preserve"> -   </t>
-[...1 lines deleted...]
-  <si>
     <t>2.2.3</t>
   </si>
   <si>
     <t># of women, men, girls and boys who participate in targeted activities as part of GBV prevention programs</t>
   </si>
   <si>
     <t xml:space="preserve">GBV </t>
   </si>
   <si>
     <t>Includes only targeted programs such as EMAP, Girl Shine, and other curriculum programs; this does not include general awareness as this would be included under 2.1.3</t>
   </si>
   <si>
     <t>2.2.4</t>
   </si>
   <si>
     <t># of women and adolescent girls who received dignity kits</t>
   </si>
   <si>
     <t># of individuals, disaggregated by nationality, women/girls, age, and disability</t>
   </si>
   <si>
     <t>Agencies providing DKs will monitor quality and regularly provide/ report on results and necessary programmatic amendments. This should not include WASH-related distribution of HH WASH items and hygiene products. 
 The indicator will also be used for the South response where DKs are distributed as part of the emergency.</t>
   </si>
   <si>
@@ -1792,56 +1383,50 @@
     <t xml:space="preserve">Activity 1: Enhance knowledge and skills of rights holders (girls, boys, men, and women) to address key CP/GBV issues (i.e., WFCL including CAAC/V and violent discipline in homes, schools, and community, child marriage, and domestic violence), including through child-focused activities, community level dialogues and communication and information campaigns (including local level advocacy efforts led by community/religious organizations) </t>
   </si>
   <si>
     <t>30/70</t>
   </si>
   <si>
     <t>Activity 2: Build and strengthen the capacity of duty bearers, caregivers, influential “gatekeepers,” and informal leaders (religious leaders, community leaders, including female leaders) and community-based groups, peer-to-peer groups so that they actively promote child protection activities.</t>
   </si>
   <si>
     <t>Activity 3: Implement Community-Based CP programs for children</t>
   </si>
   <si>
     <t>Activity 4: Implement Caregivers Support Programs</t>
   </si>
   <si>
     <t>Activity 5: Implement Social and Behavioral Change “Qudwa” initiatives and activities at the community level, including engagement with community members, influencers, families, women, men, adolescents (girls and boys), and children</t>
   </si>
   <si>
     <t>Activity 6: Support existing local community groups, networks, and influencers to apply gender-sensitive and non-discriminatory social norms and to raise awareness against GBV</t>
   </si>
   <si>
     <t>Activity 7: Awareness raising and capacity development of community members and leaders on GBV and gender-sensitive social norms</t>
   </si>
   <si>
     <t>Activity 8: Distribution of dignity kits and community engagement around GBV and gender equality within safe spaces and at community level (including PDMs on satisfaction with quality)</t>
-  </si>
-[...4 lines deleted...]
-    <t>GBV total</t>
   </si>
   <si>
     <t>2.3.1</t>
   </si>
   <si>
     <t># of children and adults reached through awareness-raising activities and community mobilization interventions on PSEA</t>
   </si>
   <si>
     <t>This indicator includes unique individuals who received awareness-raising activities or community mobilization and consultation on PSEA, including activities such as community dialogues, community mobilization campaigns, consultations to establish reporting and referral mechanisms, focus group discussions, etc.</t>
   </si>
   <si>
     <t xml:space="preserve">Protection partners reporting on Activity info 
 </t>
   </si>
   <si>
     <t>2.3.2</t>
   </si>
   <si>
     <t>2.3.3</t>
   </si>
   <si>
     <t>2.3.4</t>
   </si>
   <si>
     <t xml:space="preserve"> # of partners with established Feedback and Complaint Mechanism inclusive of APP and PSEA</t>
@@ -2378,105 +1963,118 @@
   </si>
   <si>
     <t xml:space="preserve"># Persons with Disabilities </t>
   </si>
   <si>
     <t>% Persons with Disabilities</t>
   </si>
   <si>
     <t xml:space="preserve">Lebanese </t>
   </si>
   <si>
     <t>Displaced Syrian</t>
   </si>
   <si>
     <t>Palestine Refugee from Syria (PRS)</t>
   </si>
   <si>
     <t>Palestine Refugee in Lebanon  (PRL)</t>
   </si>
   <si>
     <t>GRAND TOTAL</t>
   </si>
   <si>
     <t>* Source: LRP 2026 population package. 
 % of Female, Male, Children, Adolescent, Youth to be used if you do not have specific Sex Age Disaggregated Target for your sector</t>
+  </si>
+  <si>
+    <t>3.1.7b</t>
+  </si>
+  <si>
+    <t># of cash grants distributed in USD (RPCA)</t>
+  </si>
+  <si>
+    <t>New indicator: Number of grants distributed for both old and new cases for the current month. Parters add all cash grants dispursed during the reporting month</t>
+  </si>
+  <si>
+    <t>3.1.8b</t>
+  </si>
+  <si>
+    <t>New indicator: Number of grants distributed for both old and new cases for the current month. Parters add all cash grants disbursed during the reporting month</t>
+  </si>
+  <si>
+    <t>3.1.9b</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="166" formatCode="0.0%"/>
     <numFmt numFmtId="167" formatCode="_(* #,##0.0_);_(* \(#,##0.0\);_(* &quot;-&quot;?_);_(@_)"/>
     <numFmt numFmtId="168" formatCode="&quot;$&quot;#,##0"/>
   </numFmts>
   <fonts count="46" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
-      <family val="2"/>
-[...3 lines deleted...]
-      <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="6"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Aptos"/>
@@ -2598,56 +2196,50 @@
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Aptos"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Aptos"/>
     </font>
     <font>
       <sz val="8.5"/>
       <color theme="1"/>
       <name val="Aptos"/>
     </font>
     <font>
       <b/>
       <sz val="22"/>
       <color rgb="FF000000"/>
       <name val="Aptos"/>
     </font>
     <font>
-      <b/>
-[...4 lines deleted...]
-    <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Aptos"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Aptos"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="0"/>
       <name val="Aptos"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="0"/>
       <name val="Aptos"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Aptos"/>
@@ -2668,52 +2260,63 @@
       <color theme="0"/>
       <name val="Aptos"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Aptos"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Aptos"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Aptos"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Aptos"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color indexed="81"/>
+      <name val="Tahoma"/>
+      <charset val="1"/>
+    </font>
   </fonts>
-  <fills count="26">
+  <fills count="27">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -2749,56 +2352,50 @@
       <patternFill patternType="solid">
         <fgColor theme="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFE7E6E6"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3"/>
         <bgColor rgb="FFFBE4D5"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="3"/>
-[...4 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor theme="6"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFE7E6E6"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFE2BCD9"/>
@@ -2819,59 +2416,64 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor rgb="FFFFFFFF"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="2" tint="0.39997558519241921"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="42">
-[...6 lines deleted...]
-    </border>
+  <borders count="46">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
@@ -3082,72 +2684,50 @@
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...20 lines deleted...]
-    <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FF000000"/>
@@ -3215,59 +2795,50 @@
     <border>
       <left/>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...7 lines deleted...]
-    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
@@ -3299,1319 +2870,1285 @@
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="15">
+  <cellStyleXfs count="18">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2"/>
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="1" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="3" fillId="0" borderId="1" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="1" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1"/>
+    <xf numFmtId="9" fontId="2" fillId="0" borderId="1" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1"/>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="1" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="1" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1"/>
+    <xf numFmtId="9" fontId="25" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="1"/>
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="1" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="4" fillId="0" borderId="1" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="417">
+  <cellXfs count="367">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="9" fillId="5" borderId="4" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="3" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="4" borderId="4" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="3" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="6" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="6" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="9" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="9" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="4" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="3" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="4" borderId="4" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="3" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="8" borderId="4" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="3" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="10" borderId="4" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="3" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="9" borderId="4" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="9" borderId="3" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="10" fillId="8" borderId="4" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="9" fillId="8" borderId="3" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="10" fillId="10" borderId="4" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="9" fillId="10" borderId="3" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="10" fillId="9" borderId="4" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="9" fillId="9" borderId="3" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="9" fontId="10" fillId="8" borderId="4" xfId="10" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="9" fillId="8" borderId="3" xfId="10" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="9" fontId="10" fillId="10" borderId="4" xfId="10" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="9" fillId="10" borderId="3" xfId="10" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="13" fillId="0" borderId="2" xfId="5" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="12" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="12" fillId="8" borderId="4" xfId="5" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="11" fillId="8" borderId="3" xfId="5" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="12" fillId="10" borderId="4" xfId="5" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="11" fillId="10" borderId="3" xfId="5" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="12" fillId="0" borderId="4" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="11" fillId="0" borderId="3" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="12" fillId="8" borderId="4" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="11" fillId="8" borderId="3" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="12" fillId="10" borderId="4" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="11" fillId="10" borderId="3" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="10" fillId="0" borderId="4" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="3" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="10" fillId="8" borderId="4" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="9" fillId="8" borderId="3" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="10" fillId="10" borderId="4" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="9" fillId="10" borderId="3" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="8" borderId="4" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="8" borderId="3" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="10" borderId="4" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="10" borderId="3" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="9" borderId="4" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="9" borderId="3" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="6" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="6" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="9" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="9" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="8" borderId="4" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="3" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="10" borderId="4" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="3" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="9" borderId="4" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="9" borderId="3" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="9" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="9" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="11" borderId="10" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="9" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="11" borderId="14" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="13" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="11" borderId="14" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="13" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" xfId="9" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="9" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="17" fillId="7" borderId="4" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="16" fillId="7" borderId="3" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="7" borderId="4" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="3" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="17" fontId="17" fillId="7" borderId="4" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="17" fontId="16" fillId="7" borderId="3" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="166" fontId="17" fillId="7" borderId="4" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="166" fontId="16" fillId="7" borderId="3" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="10" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="9" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="21" fillId="2" borderId="4" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="20" fillId="2" borderId="3" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="18" fillId="2" borderId="4" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="17" fillId="2" borderId="3" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="18" fillId="0" borderId="4" xfId="9" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="17" fillId="0" borderId="3" xfId="9" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="18" fillId="0" borderId="4" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="17" fillId="0" borderId="3" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="10" fontId="18" fillId="0" borderId="4" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="3" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="10" fontId="18" fillId="0" borderId="4" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="3" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="9" fontId="18" fillId="9" borderId="4" xfId="10" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="9" fontId="17" fillId="9" borderId="3" xfId="10" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" xfId="9" applyFont="1"/>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="10" xfId="9" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="9" applyFont="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="9" xfId="9" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="21" fillId="0" borderId="4" xfId="9" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="20" fillId="0" borderId="3" xfId="9" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="20" fillId="0" borderId="4" xfId="9" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="19" fillId="0" borderId="3" xfId="9" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="6" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="15" fillId="6" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="20" fillId="0" borderId="4" xfId="9" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="3" xfId="9" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="20" fillId="0" borderId="4" xfId="9" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="19" fillId="0" borderId="3" xfId="9" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="2" xfId="9" applyFont="1"/>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" xfId="9" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="9" applyFont="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="9" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="165" fontId="19" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="18" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="18" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="18" fillId="0" borderId="1" xfId="9" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="17" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="20" fillId="0" borderId="4" xfId="9" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="19" fillId="0" borderId="3" xfId="9" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="9" fontId="18" fillId="9" borderId="4" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="9" fontId="17" fillId="9" borderId="3" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="19" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="18" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="4" borderId="4" xfId="14" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="4" borderId="3" xfId="14" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="11" borderId="10" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="9" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="11" borderId="14" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="13" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="11" borderId="14" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="13" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="11" borderId="14" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="13" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="166" fontId="10" fillId="9" borderId="4" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="9" fillId="9" borderId="3" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="11" borderId="14" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="13" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="29" xfId="9" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="26" xfId="9" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="12" fillId="9" borderId="10" xfId="5" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="11" fillId="9" borderId="9" xfId="5" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="12" fillId="9" borderId="10" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="11" fillId="9" borderId="9" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="11" fillId="0" borderId="29" xfId="9" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="10" fillId="0" borderId="26" xfId="9" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="11" fillId="0" borderId="29" xfId="13" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="10" fillId="0" borderId="26" xfId="13" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="11" fillId="0" borderId="30" xfId="9" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="10" fillId="0" borderId="27" xfId="9" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="3" xfId="9" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="9" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="11" fillId="0" borderId="31" xfId="9" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="10" fillId="0" borderId="28" xfId="9" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="11" fillId="0" borderId="2" xfId="9" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="10" fillId="0" borderId="1" xfId="9" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="10" fillId="8" borderId="4" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="9" fillId="8" borderId="3" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="9" fontId="10" fillId="8" borderId="4" xfId="10" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="9" fillId="8" borderId="3" xfId="10" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="9" fontId="10" fillId="8" borderId="4" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="9" fillId="8" borderId="3" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="10" fillId="10" borderId="4" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="9" fillId="10" borderId="3" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="9" fontId="10" fillId="10" borderId="4" xfId="10" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="9" fillId="10" borderId="3" xfId="10" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="9" fontId="10" fillId="10" borderId="4" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="9" fillId="10" borderId="3" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="10" fillId="9" borderId="4" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="9" fillId="9" borderId="3" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="9" fontId="10" fillId="9" borderId="4" xfId="10" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="9" fillId="9" borderId="3" xfId="10" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="9" fontId="10" fillId="9" borderId="4" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="9" fillId="9" borderId="3" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="9" fontId="11" fillId="0" borderId="2" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="10" fillId="0" borderId="1" xfId="13" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="11" fillId="2" borderId="29" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="10" fillId="2" borderId="26" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="12" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="31" fillId="12" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="9" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="8" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="9" borderId="9" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="9" borderId="13" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="9" borderId="8" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="9" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="13" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="8" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="9" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="13" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="8" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="11" borderId="11" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="12" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="11" borderId="7" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="4" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="6" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="1" xfId="15" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="34" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="1" xfId="15" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="32" fillId="0" borderId="1" xfId="15" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="36" fillId="11" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="33" fillId="14" borderId="21" xfId="12" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="36" fillId="11" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="33" fillId="14" borderId="22" xfId="12" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="11" borderId="2" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="11" borderId="2" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="36" fillId="11" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="36" fillId="11" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="34" fillId="11" borderId="18" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="11" borderId="19" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="1" xfId="15" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="35" fillId="0" borderId="1" xfId="15" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="4" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="36" fillId="11" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="36" fillId="12" borderId="4" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="37" fillId="12" borderId="14" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="12" borderId="15" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="12" borderId="3" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="25" borderId="3" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="5" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="12" borderId="5" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="12" borderId="12" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="12" borderId="16" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="26" borderId="3" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="6" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="12" borderId="6" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="12" borderId="11" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="12" borderId="17" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="36" fillId="26" borderId="3" xfId="15" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="5" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="12" borderId="5" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="12" borderId="9" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="12" borderId="8" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="36" fillId="25" borderId="3" xfId="15" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="36" fillId="25" borderId="3" xfId="15" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="1" xfId="15" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="1" xfId="15" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="1" xfId="15" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="1" xfId="15" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="1" xfId="15" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="36" fillId="0" borderId="1" xfId="16" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="36" fillId="0" borderId="1" xfId="16" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="9" borderId="9" xfId="12" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="9" borderId="13" xfId="12" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="9" borderId="8" xfId="12" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="13" borderId="14" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="13" borderId="23" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="13" borderId="15" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="16" borderId="10" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="16" borderId="10" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="37" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="41" fillId="16" borderId="24" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="41" fillId="16" borderId="25" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="12" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="41" fillId="16" borderId="20" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="16" borderId="6" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="16" borderId="6" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="38" fillId="12" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="29" fillId="12" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="41" fillId="16" borderId="3" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="38" fillId="12" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="40" fillId="16" borderId="2" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="12" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="38" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="36" fillId="14" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="2" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="22" borderId="39" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...23 lines deleted...]
-    <xf numFmtId="3" fontId="34" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="14" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="15" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="12" borderId="3" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="41" fillId="12" borderId="3" xfId="16" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="41" fillId="16" borderId="3" xfId="16" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="41" fillId="0" borderId="3" xfId="16" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="32" fillId="0" borderId="3" xfId="15" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="42" fillId="17" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="32" fillId="20" borderId="3" xfId="15" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="42" fillId="0" borderId="1" xfId="15" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="1" xfId="15" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="40" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="43" fillId="17" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="10" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="22" borderId="41" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="12" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="16" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="15" borderId="3" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="36" fillId="16" borderId="3" xfId="16" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="36" fillId="0" borderId="3" xfId="16" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="32" fillId="0" borderId="3" xfId="15" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="43" fillId="17" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="32" fillId="0" borderId="1" xfId="15" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="43" fillId="17" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="43" fillId="17" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="42" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="43" fillId="17" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="28" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="42" fillId="17" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="22" borderId="43" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="12" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="11" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="43" fillId="12" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...38 lines deleted...]
-    <xf numFmtId="0" fontId="29" fillId="12" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="17" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="12" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="44" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="12" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="22" borderId="4" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="12" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="22" borderId="5" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="9" fontId="43" fillId="12" borderId="4" xfId="13" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="34" fillId="25" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="22" borderId="6" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="3" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="9" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="8" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="41" fillId="12" borderId="3" xfId="17" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="41" fillId="16" borderId="3" xfId="17" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="168" fontId="32" fillId="0" borderId="3" xfId="15" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="32" fillId="21" borderId="3" xfId="15" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="38" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="43" fillId="12" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="42" fillId="0" borderId="1" xfId="15" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="9" borderId="32" xfId="12" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="38" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...74 lines deleted...]
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="38" fillId="9" borderId="31" xfId="12" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="9" borderId="33" xfId="12" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="24" borderId="1" xfId="15" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="9" fontId="38" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="168" fontId="34" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="27" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="29" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="30" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="26" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="9" borderId="9" xfId="12" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...62 lines deleted...]
-    <xf numFmtId="0" fontId="38" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="23" borderId="27" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="23" borderId="29" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="23" borderId="30" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="23" borderId="27" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="23" borderId="29" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="23" borderId="30" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="23" borderId="18" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="23" borderId="34" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="23" borderId="19" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="13" borderId="6" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="25" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="39" fillId="13" borderId="3" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="4" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="12" borderId="4" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="36" fillId="0" borderId="3" xfId="16" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="32" fillId="21" borderId="3" xfId="16" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="15" borderId="4" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="15" borderId="14" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="15" borderId="15" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="12" borderId="4" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="15" borderId="6" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="15" borderId="11" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="15" borderId="17" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="12" borderId="6" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="41" fillId="12" borderId="4" xfId="16" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="41" fillId="16" borderId="4" xfId="16" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="41" fillId="0" borderId="4" xfId="16" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="36" fillId="0" borderId="4" xfId="16" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="32" fillId="21" borderId="4" xfId="16" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="16" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="36" fillId="0" borderId="4" xfId="16" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="6" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="11" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="17" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="9" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="26" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="41" fillId="16" borderId="26" xfId="16" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="36" fillId="0" borderId="26" xfId="16" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="36" fillId="0" borderId="26" xfId="16" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="32" fillId="21" borderId="26" xfId="16" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="38" fillId="9" borderId="11" xfId="12" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="9" borderId="7" xfId="12" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="9" borderId="17" xfId="12" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="9" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="13" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="8" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="9" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="43" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="30" fillId="12" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="13" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="8" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="31" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="32" fillId="21" borderId="3" xfId="15" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="27" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="29" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="30" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="21" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="14" borderId="29" xfId="12" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="14" borderId="35" xfId="12" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="32" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="33" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="12" borderId="4" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="36" fillId="25" borderId="4" xfId="15" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="168" fontId="32" fillId="0" borderId="1" xfId="15" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="18" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="34" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="19" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="42" fillId="0" borderId="3" xfId="15" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="42" fillId="20" borderId="3" xfId="15" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="15" borderId="3" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="42" fillId="0" borderId="3" xfId="15" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="42" fillId="20" borderId="3" xfId="15" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="42" fillId="21" borderId="3" xfId="15" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="3" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="12" borderId="3" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="25" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="12" borderId="9" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="12" borderId="8" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="168" fontId="42" fillId="21" borderId="3" xfId="15" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="38" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="29" fillId="20" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="12" borderId="4" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="15" borderId="4" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="15" borderId="4" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="20" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="38" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="36" fillId="16" borderId="4" xfId="16" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="168" fontId="32" fillId="0" borderId="4" xfId="15" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="34" fillId="12" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="42" fillId="21" borderId="4" xfId="15" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="41" fillId="12" borderId="26" xfId="16" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="36" fillId="16" borderId="26" xfId="16" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="168" fontId="32" fillId="0" borderId="26" xfId="15" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="42" fillId="21" borderId="26" xfId="15" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="24" borderId="26" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="28" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="12" borderId="9" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="12" borderId="8" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="15" borderId="3" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="36" fillId="16" borderId="3" xfId="16" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="1" xfId="15" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="1" xfId="15" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="36" fillId="0" borderId="1" xfId="15" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="2" borderId="3" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="2" borderId="3" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="41" fillId="0" borderId="3" xfId="16" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="36" fillId="0" borderId="3" xfId="16" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="12" borderId="9" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="12" borderId="8" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="24" borderId="2" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="23" borderId="36" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="23" borderId="31" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="23" borderId="33" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="23" borderId="35" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="36" fillId="26" borderId="3" xfId="15" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="36" fillId="0" borderId="3" xfId="16" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="36" fillId="0" borderId="3" xfId="16" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="45" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="14" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="2" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="13" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="26" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="23" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="1" xfId="15" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="7" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="12" borderId="6" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="12" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="36" fillId="12" borderId="3" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="15" borderId="3" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="12" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="15" borderId="4" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="15" borderId="4" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="12" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="15" borderId="9" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="16" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="15" borderId="8" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="15" borderId="3" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="15" borderId="9" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="15" borderId="8" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="12" borderId="4" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="12" borderId="5" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="12" borderId="6" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="12" borderId="3" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="12" borderId="4" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="12" borderId="14" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="12" borderId="15" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="12" borderId="4" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="12" borderId="3" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="12" borderId="4" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="19" borderId="3" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="19" borderId="3" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="19" borderId="9" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="19" borderId="8" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="19" borderId="3" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="19" borderId="3" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="41" fillId="19" borderId="3" xfId="16" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="36" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="16" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="9" borderId="10" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="31" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="9" borderId="14" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="37" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="9" borderId="9" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="27" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="10" borderId="10" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="29" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="10" borderId="14" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="30" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="10" borderId="9" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...369 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="15">
+  <cellStyles count="18">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Comma 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Comma 2 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Comma 3" xfId="11" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
+    <cellStyle name="Comma 4" xfId="16" xr:uid="{8A03131E-C7E3-4CAC-B579-C9D4DBF2342E}"/>
     <cellStyle name="Hyperlink" xfId="14" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 10" xfId="12" xr:uid="{40322ABF-CFDC-4594-8D5C-37AA25443702}"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Normal 2 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Normal 3" xfId="7" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="Normal 4" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
+    <cellStyle name="Normal 5" xfId="15" xr:uid="{2A010065-73DB-4C7F-8D45-A58582A46A3E}"/>
     <cellStyle name="Percent" xfId="13" builtinId="5"/>
     <cellStyle name="Percent 2" xfId="3" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="Percent 3" xfId="8" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="Percent 4" xfId="10" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
+    <cellStyle name="Percent 5" xfId="17" xr:uid="{4C77E662-EA8B-492D-B84E-A56E2CABDC1F}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFE7E6E6"/>
       <color rgb="FFE2BCD9"/>
       <color rgb="FF09A7C7"/>
       <color rgb="FFFFEBFF"/>
       <color rgb="FFFFCCFF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
@@ -4944,66 +4481,66 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/threadedComments/threadedComment1.xml><?xml version="1.0" encoding="utf-8"?>
 <ThreadedComments xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <threadedComment ref="E8" dT="2025-11-07T08:14:08.87" personId="{F955731A-9A10-4D28-BF6D-309374E12ADC}" id="{EE7E9A11-E077-4535-80F6-C0B7C5A4DFD0}">
     <text>@Maroun Sader here Maroun, could you support us in calculating the % under stabilization?</text>
     <mentions>
       <mention mentionpersonId="{5434FDE6-55D1-42EC-BF96-45E491F6AFFE}" mentionId="{1E9312BB-70A0-4226-8759-4DDFA3AFB992}" startIndex="0" length="13"/>
     </mentions>
   </threadedComment>
 </ThreadedComments>
 </file>
 
 <file path=xl/threadedComments/threadedComment2.xml><?xml version="1.0" encoding="utf-8"?>
 <ThreadedComments xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <threadedComment ref="V54" dT="2025-10-29T11:14:12.35" personId="{D6029B68-94CC-4A3E-845D-36ACF8EB4EB1}" id="{597DAA6D-E7EF-4B9C-B0DA-C31D4FEEB6AE}">
+  <threadedComment ref="L54" dT="2025-10-29T11:14:12.35" personId="{D6029B68-94CC-4A3E-845D-36ACF8EB4EB1}" id="{AC9C2CC4-AED9-432A-B05E-1B5611E7BF3F}">
     <text>in AI should be 2 indicators600 Humanitarian/200 Gove</text>
   </threadedComment>
 </ThreadedComments>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:etzold@unhcr.org" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2019/04/relationships/documenttask" Target="../documenttasks/documenttask1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{76DBF87A-98EA-49C7-99B5-1AE6BB524348}">
   <dimension ref="A1:A24"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="F2" sqref="F2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="163.85546875" style="1" customWidth="1"/>
     <col min="2" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" ht="225" x14ac:dyDescent="0.25">
       <c r="A1" s="71" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:1" ht="360" x14ac:dyDescent="0.25">
       <c r="A2" s="67" t="s">
         <v>1</v>
       </c>
@@ -5014,51 +4551,51 @@
       </c>
     </row>
     <row r="23" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="24" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K35"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
+    <sheetView topLeftCell="A21" workbookViewId="0">
       <selection activeCell="I6" sqref="I6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30.5703125" style="6" customWidth="1"/>
     <col min="2" max="11" width="15.85546875" style="6" customWidth="1"/>
     <col min="12" max="16384" width="9.140625" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="C1" s="5"/>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A2" s="7" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>8</v>
@@ -5087,90 +4624,90 @@
       <c r="A5" s="7" t="s">
         <v>13</v>
       </c>
       <c r="B5" s="72" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A6" s="5"/>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
     </row>
     <row r="7" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C7" s="9">
         <v>2024</v>
       </c>
       <c r="D7" s="10">
         <v>2025</v>
       </c>
       <c r="E7" s="11">
         <v>2026</v>
       </c>
     </row>
     <row r="8" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="294" t="s">
+      <c r="A8" s="99" t="s">
         <v>15</v>
       </c>
-      <c r="B8" s="294"/>
+      <c r="B8" s="99"/>
       <c r="C8" s="12">
         <v>207158628.90000001</v>
       </c>
       <c r="D8" s="13">
         <v>187254215.78799999</v>
       </c>
       <c r="E8" s="14">
         <v>184914887.64000002</v>
       </c>
       <c r="F8" s="14">
         <v>184914887.64000002</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="295" t="s">
+      <c r="A9" s="100" t="s">
         <v>16</v>
       </c>
-      <c r="B9" s="295"/>
+      <c r="B9" s="100"/>
       <c r="C9" s="16">
         <v>0.69</v>
       </c>
       <c r="D9" s="17">
         <v>0.85</v>
       </c>
       <c r="E9" s="77">
         <v>0.73572547785801412</v>
       </c>
       <c r="F9" s="14">
         <v>136046594.072</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="295" t="s">
+      <c r="A10" s="100" t="s">
         <v>17</v>
       </c>
-      <c r="B10" s="295"/>
+      <c r="B10" s="100"/>
       <c r="C10" s="16">
         <v>0.31</v>
       </c>
       <c r="D10" s="17">
         <v>0.15</v>
       </c>
       <c r="E10" s="77">
         <v>0.26427452214198582</v>
       </c>
       <c r="F10" s="14">
         <v>48868293.568000004</v>
       </c>
       <c r="G10" s="97"/>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A11" s="5"/>
       <c r="B11" s="18"/>
       <c r="C11" s="18"/>
     </row>
     <row r="12" spans="1:8" ht="34.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="19" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="19" t="s">
         <v>19</v>
@@ -5365,32736 +4902,11902 @@
         <v>7400</v>
       </c>
       <c r="G19" s="82">
         <v>0</v>
       </c>
       <c r="H19" s="98">
         <v>1500</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="59.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="28" t="s">
         <v>32</v>
       </c>
       <c r="B20" s="29"/>
       <c r="C20" s="30"/>
       <c r="D20" s="31"/>
       <c r="E20" s="32"/>
     </row>
     <row r="21" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A21" s="33"/>
       <c r="B21" s="5"/>
     </row>
     <row r="22" spans="1:11" s="34" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="6"/>
       <c r="B22" s="6"/>
-      <c r="C22" s="291">
+      <c r="C22" s="109">
         <v>2024</v>
       </c>
-      <c r="D22" s="292"/>
-[...1 lines deleted...]
-      <c r="F22" s="288">
+      <c r="D22" s="110"/>
+      <c r="E22" s="111"/>
+      <c r="F22" s="106">
         <v>2025</v>
       </c>
-      <c r="G22" s="289"/>
-[...1 lines deleted...]
-      <c r="I22" s="285">
+      <c r="G22" s="107"/>
+      <c r="H22" s="108"/>
+      <c r="I22" s="103">
         <v>2026</v>
       </c>
-      <c r="J22" s="286"/>
-      <c r="K22" s="287"/>
+      <c r="J22" s="104"/>
+      <c r="K22" s="105"/>
     </row>
     <row r="23" spans="1:11" s="38" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A23" s="6"/>
       <c r="B23" s="6"/>
       <c r="C23" s="35" t="s">
         <v>33</v>
       </c>
       <c r="D23" s="35" t="s">
         <v>16</v>
       </c>
       <c r="E23" s="35" t="s">
         <v>17</v>
       </c>
       <c r="F23" s="36" t="s">
         <v>33</v>
       </c>
       <c r="G23" s="36" t="s">
         <v>16</v>
       </c>
       <c r="H23" s="36" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="37" t="s">
         <v>33</v>
       </c>
       <c r="J23" s="37" t="s">
         <v>16</v>
       </c>
       <c r="K23" s="37" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="36" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="39" t="s">
         <v>34</v>
       </c>
       <c r="B24" s="40"/>
       <c r="C24" s="40"/>
       <c r="D24" s="40"/>
       <c r="E24" s="40"/>
       <c r="F24" s="40"/>
       <c r="G24" s="40"/>
       <c r="H24" s="40"/>
       <c r="I24" s="40"/>
       <c r="J24" s="40"/>
       <c r="K24" s="40"/>
     </row>
     <row r="25" spans="1:11" ht="65.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="283" t="s">
+      <c r="A25" s="101" t="s">
         <v>35</v>
       </c>
-      <c r="B25" s="284"/>
+      <c r="B25" s="102"/>
       <c r="C25" s="88">
         <v>25947950</v>
       </c>
       <c r="D25" s="90">
         <v>0.8</v>
       </c>
       <c r="E25" s="90">
         <v>0.2</v>
       </c>
       <c r="F25" s="91">
         <v>26123004</v>
       </c>
       <c r="G25" s="93">
         <v>0</v>
       </c>
       <c r="H25" s="93">
         <v>1</v>
       </c>
       <c r="I25" s="94">
         <v>23782783</v>
       </c>
       <c r="J25" s="96">
         <v>0</v>
       </c>
       <c r="K25" s="96">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="65.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="283" t="s">
+      <c r="A26" s="101" t="s">
         <v>36</v>
       </c>
-      <c r="B26" s="284"/>
+      <c r="B26" s="102"/>
       <c r="C26" s="88">
         <v>40643228</v>
       </c>
       <c r="D26" s="89">
         <v>0.1</v>
       </c>
       <c r="E26" s="90">
         <v>0.9</v>
       </c>
       <c r="F26" s="91">
         <v>41932877</v>
       </c>
       <c r="G26" s="92">
         <v>0</v>
       </c>
       <c r="H26" s="93">
         <v>1</v>
       </c>
       <c r="I26" s="94">
         <v>248775</v>
       </c>
       <c r="J26" s="96">
         <v>0</v>
       </c>
       <c r="K26" s="96">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="65.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="283" t="s">
+      <c r="A27" s="101" t="s">
         <v>37</v>
       </c>
-      <c r="B27" s="284"/>
+      <c r="B27" s="102"/>
       <c r="C27" s="88"/>
       <c r="D27" s="89"/>
       <c r="E27" s="90"/>
       <c r="F27" s="91" t="s">
         <v>38</v>
       </c>
       <c r="G27" s="92">
         <v>0.8</v>
       </c>
       <c r="H27" s="93">
         <v>0.2</v>
       </c>
       <c r="I27" s="94">
         <v>856000</v>
       </c>
       <c r="J27" s="96">
         <v>0.4</v>
       </c>
       <c r="K27" s="96">
         <v>0.6</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="28.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="73" t="s">
         <v>39</v>
       </c>
       <c r="B28" s="74"/>
       <c r="C28" s="41"/>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
       <c r="F28" s="41"/>
       <c r="G28" s="41"/>
       <c r="H28" s="41"/>
       <c r="I28" s="76"/>
       <c r="J28" s="41"/>
       <c r="K28" s="41"/>
     </row>
     <row r="29" spans="1:11" ht="65.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="283" t="s">
+      <c r="A29" s="101" t="s">
         <v>40</v>
       </c>
-      <c r="B29" s="284"/>
+      <c r="B29" s="102"/>
       <c r="C29" s="88">
         <v>36989875</v>
       </c>
       <c r="D29" s="89">
         <v>0.6</v>
       </c>
       <c r="E29" s="90">
         <v>0.4</v>
       </c>
       <c r="F29" s="91">
         <v>29980228</v>
       </c>
       <c r="G29" s="92">
         <v>0.6</v>
       </c>
       <c r="H29" s="93">
         <v>0.4</v>
       </c>
       <c r="I29" s="94">
         <v>19342122.5</v>
       </c>
       <c r="J29" s="95">
         <v>0.66404220891476617</v>
       </c>
       <c r="K29" s="96">
         <v>0.33595779108523377</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="65.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="283" t="s">
+      <c r="A30" s="101" t="s">
         <v>41</v>
       </c>
-      <c r="B30" s="284"/>
+      <c r="B30" s="102"/>
       <c r="C30" s="88">
         <v>14085031</v>
       </c>
       <c r="D30" s="89">
         <v>0.6</v>
       </c>
       <c r="E30" s="90">
         <v>0.4</v>
       </c>
       <c r="F30" s="91">
         <v>8470354</v>
       </c>
       <c r="G30" s="92">
         <v>0.6</v>
       </c>
       <c r="H30" s="93">
         <v>0.4</v>
       </c>
       <c r="I30" s="94">
         <v>8930735.7400000002</v>
       </c>
       <c r="J30" s="95">
         <v>0.51713339823892268</v>
       </c>
       <c r="K30" s="96">
         <v>0.48286660176107732</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="81" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="283" t="s">
+      <c r="A31" s="101" t="s">
         <v>42</v>
       </c>
-      <c r="B31" s="284"/>
+      <c r="B31" s="102"/>
       <c r="C31" s="88">
         <v>425000</v>
       </c>
       <c r="D31" s="89">
         <v>0.7</v>
       </c>
       <c r="E31" s="90">
         <v>0.3</v>
       </c>
       <c r="F31" s="91">
         <v>415002</v>
       </c>
       <c r="G31" s="92">
         <v>0.7</v>
       </c>
       <c r="H31" s="93">
         <v>0.3</v>
       </c>
       <c r="I31" s="94">
         <v>838880</v>
       </c>
       <c r="J31" s="95">
         <v>1</v>
       </c>
       <c r="K31" s="96">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="36" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="73" t="s">
         <v>43</v>
       </c>
       <c r="B32" s="75"/>
       <c r="C32" s="40"/>
       <c r="D32" s="40"/>
       <c r="E32" s="40"/>
       <c r="F32" s="40"/>
       <c r="G32" s="40"/>
       <c r="H32" s="40"/>
       <c r="I32" s="78"/>
       <c r="J32" s="78"/>
       <c r="K32" s="78"/>
     </row>
     <row r="33" spans="1:11" ht="81" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="283" t="s">
+      <c r="A33" s="101" t="s">
         <v>44</v>
       </c>
-      <c r="B33" s="284"/>
+      <c r="B33" s="102"/>
       <c r="C33" s="88"/>
       <c r="D33" s="89"/>
       <c r="E33" s="90"/>
       <c r="F33" s="91">
         <v>70432751</v>
       </c>
       <c r="G33" s="92">
         <v>0.8</v>
       </c>
       <c r="H33" s="93">
         <v>0.2</v>
       </c>
       <c r="I33" s="94">
         <v>71787391.400000006</v>
       </c>
       <c r="J33" s="95">
         <v>0.81176854965090706</v>
       </c>
       <c r="K33" s="96">
         <v>0.18823145034909292</v>
       </c>
     </row>
     <row r="34" spans="1:11" ht="65.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="283" t="s">
+      <c r="A34" s="101" t="s">
         <v>45</v>
       </c>
-      <c r="B34" s="284"/>
+      <c r="B34" s="102"/>
       <c r="C34" s="88">
         <v>8500000</v>
       </c>
       <c r="D34" s="89">
         <v>1</v>
       </c>
       <c r="E34" s="90">
         <v>0</v>
       </c>
       <c r="F34" s="91">
         <v>2700000</v>
       </c>
       <c r="G34" s="92">
         <v>1</v>
       </c>
       <c r="H34" s="93">
         <v>0</v>
       </c>
       <c r="I34" s="94">
         <v>55276200</v>
       </c>
       <c r="J34" s="95">
         <v>1</v>
       </c>
       <c r="K34" s="96">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:11" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="283" t="s">
+      <c r="A35" s="101" t="s">
         <v>46</v>
       </c>
-      <c r="B35" s="284"/>
+      <c r="B35" s="102"/>
       <c r="C35" s="88">
         <v>7650000</v>
       </c>
       <c r="D35" s="89">
         <v>1</v>
       </c>
       <c r="E35" s="90">
         <v>0</v>
       </c>
       <c r="F35" s="91">
         <v>7200000</v>
       </c>
       <c r="G35" s="92">
         <v>1</v>
       </c>
       <c r="H35" s="93">
         <v>0</v>
       </c>
       <c r="I35" s="94">
         <v>3852000</v>
       </c>
       <c r="J35" s="95">
         <v>1</v>
       </c>
       <c r="K35" s="96">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="15">
-    <mergeCell ref="A8:B8"/>
-[...4 lines deleted...]
-    <mergeCell ref="A26:B26"/>
     <mergeCell ref="A35:B35"/>
     <mergeCell ref="I22:K22"/>
     <mergeCell ref="F22:H22"/>
     <mergeCell ref="A31:B31"/>
     <mergeCell ref="C22:E22"/>
     <mergeCell ref="A29:B29"/>
     <mergeCell ref="A30:B30"/>
     <mergeCell ref="A33:B33"/>
     <mergeCell ref="A34:B34"/>
+    <mergeCell ref="A8:B8"/>
+    <mergeCell ref="A9:B9"/>
+    <mergeCell ref="A10:B10"/>
+    <mergeCell ref="A27:B27"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="A26:B26"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId1" xr:uid="{6FAF793D-F69B-4D6B-ADD3-82862EA72637}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="69" fitToHeight="0" orientation="landscape" r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F6ABC0FB-E750-491A-BEAB-63AB35470B21}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AF1014"/>
+  <dimension ref="A1:Z393"/>
   <sheetViews>
-    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection sqref="A1:K1"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="T11" sqref="T11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="10.7109375" style="112" customWidth="1"/>
-[...19 lines deleted...]
-    <col min="33" max="16384" width="14.42578125" style="109"/>
+    <col min="1" max="1" width="10.7109375" style="117" customWidth="1"/>
+    <col min="2" max="3" width="30.5703125" style="309" customWidth="1"/>
+    <col min="4" max="4" width="17.5703125" style="309" customWidth="1"/>
+    <col min="5" max="5" width="18.140625" style="309" customWidth="1"/>
+    <col min="6" max="6" width="24.85546875" style="309" customWidth="1"/>
+    <col min="7" max="7" width="25.5703125" style="309" customWidth="1"/>
+    <col min="8" max="8" width="10.85546875" style="309" customWidth="1"/>
+    <col min="9" max="9" width="12.85546875" style="309" customWidth="1"/>
+    <col min="10" max="10" width="14.85546875" style="309" customWidth="1"/>
+    <col min="11" max="11" width="14.42578125" style="309" customWidth="1"/>
+    <col min="12" max="12" width="14.42578125" style="117" customWidth="1"/>
+    <col min="13" max="16" width="10.85546875" style="117" hidden="1" customWidth="1"/>
+    <col min="17" max="17" width="10.85546875" style="118" customWidth="1"/>
+    <col min="18" max="18" width="14.5703125" style="117" bestFit="1" customWidth="1"/>
+    <col min="19" max="20" width="14.42578125" style="117" customWidth="1"/>
+    <col min="21" max="16384" width="14.42578125" style="117"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:32" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="296" t="s">
+    <row r="1" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="116" t="s">
         <v>47</v>
       </c>
-      <c r="B1" s="296"/>
-[...32 lines deleted...]
-      <c r="A2" s="296" t="s">
+      <c r="B1" s="116"/>
+      <c r="C1" s="116"/>
+      <c r="D1" s="116"/>
+      <c r="E1" s="116"/>
+      <c r="F1" s="116"/>
+      <c r="G1" s="116"/>
+      <c r="H1" s="116"/>
+      <c r="I1" s="116"/>
+      <c r="J1" s="116"/>
+      <c r="K1" s="116"/>
+    </row>
+    <row r="2" spans="1:17" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A2" s="116" t="s">
         <v>48</v>
       </c>
-      <c r="B2" s="296"/>
-[...32 lines deleted...]
-      <c r="A3" s="352" t="s">
+      <c r="B2" s="116"/>
+      <c r="C2" s="116"/>
+      <c r="D2" s="116"/>
+      <c r="E2" s="116"/>
+      <c r="F2" s="116"/>
+      <c r="G2" s="116"/>
+      <c r="H2" s="116"/>
+      <c r="I2" s="116"/>
+      <c r="J2" s="116"/>
+      <c r="K2" s="116"/>
+    </row>
+    <row r="3" spans="1:17" ht="38.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="119" t="s">
         <v>34</v>
       </c>
-      <c r="B3" s="352"/>
-[...17 lines deleted...]
-      <c r="P3" s="348">
+      <c r="B3" s="119"/>
+      <c r="C3" s="119"/>
+      <c r="D3" s="119"/>
+      <c r="E3" s="119"/>
+      <c r="F3" s="119"/>
+      <c r="G3" s="119"/>
+      <c r="H3" s="119"/>
+      <c r="I3" s="119"/>
+      <c r="J3" s="119"/>
+      <c r="K3" s="120"/>
+    </row>
+    <row r="4" spans="1:17" s="125" customFormat="1" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="121" t="s">
+        <v>49</v>
+      </c>
+      <c r="B4" s="122" t="s">
+        <v>50</v>
+      </c>
+      <c r="C4" s="122" t="s">
+        <v>51</v>
+      </c>
+      <c r="D4" s="122" t="s">
+        <v>52</v>
+      </c>
+      <c r="E4" s="123" t="s">
+        <v>53</v>
+      </c>
+      <c r="F4" s="124"/>
+      <c r="G4" s="122" t="s">
+        <v>54</v>
+      </c>
+      <c r="H4" s="122" t="s">
+        <v>55</v>
+      </c>
+      <c r="I4" s="122" t="s">
+        <v>56</v>
+      </c>
+      <c r="J4" s="122" t="s">
+        <v>57</v>
+      </c>
+      <c r="K4" s="121" t="s">
+        <v>58</v>
+      </c>
+      <c r="Q4" s="126"/>
+    </row>
+    <row r="5" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="127" t="s">
+        <v>60</v>
+      </c>
+      <c r="B5" s="128" t="s">
+        <v>61</v>
+      </c>
+      <c r="C5" s="128" t="s">
+        <v>62</v>
+      </c>
+      <c r="D5" s="128" t="s">
+        <v>63</v>
+      </c>
+      <c r="E5" s="129" t="s">
+        <v>64</v>
+      </c>
+      <c r="F5" s="130"/>
+      <c r="G5" s="128" t="s">
+        <v>65</v>
+      </c>
+      <c r="H5" s="128" t="s">
+        <v>66</v>
+      </c>
+      <c r="I5" s="131" t="s">
+        <v>67</v>
+      </c>
+      <c r="J5" s="131" t="s">
+        <v>68</v>
+      </c>
+      <c r="K5" s="132">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="133"/>
+      <c r="B6" s="134"/>
+      <c r="C6" s="134"/>
+      <c r="D6" s="134"/>
+      <c r="E6" s="135"/>
+      <c r="F6" s="136"/>
+      <c r="G6" s="134"/>
+      <c r="H6" s="134"/>
+      <c r="I6" s="131" t="s">
+        <v>29</v>
+      </c>
+      <c r="J6" s="131" t="s">
+        <v>68</v>
+      </c>
+      <c r="K6" s="132">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="133"/>
+      <c r="B7" s="134"/>
+      <c r="C7" s="134"/>
+      <c r="D7" s="134"/>
+      <c r="E7" s="135"/>
+      <c r="F7" s="136"/>
+      <c r="G7" s="134"/>
+      <c r="H7" s="134"/>
+      <c r="I7" s="131" t="s">
+        <v>28</v>
+      </c>
+      <c r="J7" s="131" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" s="132">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="133"/>
+      <c r="B8" s="134"/>
+      <c r="C8" s="134"/>
+      <c r="D8" s="134"/>
+      <c r="E8" s="135"/>
+      <c r="F8" s="136"/>
+      <c r="G8" s="134"/>
+      <c r="H8" s="134"/>
+      <c r="I8" s="131" t="s">
+        <v>70</v>
+      </c>
+      <c r="J8" s="131" t="s">
+        <v>71</v>
+      </c>
+      <c r="K8" s="132">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="133"/>
+      <c r="B9" s="134"/>
+      <c r="C9" s="134"/>
+      <c r="D9" s="134"/>
+      <c r="E9" s="135"/>
+      <c r="F9" s="136"/>
+      <c r="G9" s="134"/>
+      <c r="H9" s="134"/>
+      <c r="I9" s="131" t="s">
+        <v>72</v>
+      </c>
+      <c r="J9" s="131" t="s">
+        <v>68</v>
+      </c>
+      <c r="K9" s="137">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="138"/>
+      <c r="B10" s="139"/>
+      <c r="C10" s="139"/>
+      <c r="D10" s="139"/>
+      <c r="E10" s="140"/>
+      <c r="F10" s="141"/>
+      <c r="G10" s="139"/>
+      <c r="H10" s="139"/>
+      <c r="I10" s="131" t="s">
+        <v>31</v>
+      </c>
+      <c r="J10" s="131" t="s">
+        <v>68</v>
+      </c>
+      <c r="K10" s="132">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="127" t="s">
+        <v>73</v>
+      </c>
+      <c r="B11" s="128" t="s">
+        <v>74</v>
+      </c>
+      <c r="C11" s="128" t="s">
+        <v>23</v>
+      </c>
+      <c r="D11" s="128" t="s">
+        <v>63</v>
+      </c>
+      <c r="E11" s="129" t="s">
+        <v>75</v>
+      </c>
+      <c r="F11" s="130"/>
+      <c r="G11" s="128" t="s">
+        <v>65</v>
+      </c>
+      <c r="H11" s="128" t="s">
+        <v>66</v>
+      </c>
+      <c r="I11" s="131" t="s">
+        <v>67</v>
+      </c>
+      <c r="J11" s="131" t="s">
+        <v>68</v>
+      </c>
+      <c r="K11" s="132">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="133"/>
+      <c r="B12" s="134"/>
+      <c r="C12" s="134"/>
+      <c r="D12" s="134"/>
+      <c r="E12" s="135"/>
+      <c r="F12" s="136"/>
+      <c r="G12" s="134"/>
+      <c r="H12" s="134"/>
+      <c r="I12" s="131" t="s">
+        <v>29</v>
+      </c>
+      <c r="J12" s="131" t="s">
+        <v>68</v>
+      </c>
+      <c r="K12" s="132">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="133"/>
+      <c r="B13" s="134"/>
+      <c r="C13" s="134"/>
+      <c r="D13" s="134"/>
+      <c r="E13" s="135"/>
+      <c r="F13" s="136"/>
+      <c r="G13" s="134"/>
+      <c r="H13" s="134"/>
+      <c r="I13" s="131" t="s">
+        <v>28</v>
+      </c>
+      <c r="J13" s="131" t="s">
+        <v>68</v>
+      </c>
+      <c r="K13" s="132">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="133"/>
+      <c r="B14" s="134"/>
+      <c r="C14" s="134"/>
+      <c r="D14" s="134"/>
+      <c r="E14" s="135"/>
+      <c r="F14" s="136"/>
+      <c r="G14" s="134"/>
+      <c r="H14" s="134"/>
+      <c r="I14" s="131" t="s">
+        <v>70</v>
+      </c>
+      <c r="J14" s="131" t="s">
+        <v>71</v>
+      </c>
+      <c r="K14" s="132">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="133"/>
+      <c r="B15" s="134"/>
+      <c r="C15" s="134"/>
+      <c r="D15" s="134"/>
+      <c r="E15" s="135"/>
+      <c r="F15" s="136"/>
+      <c r="G15" s="134"/>
+      <c r="H15" s="134"/>
+      <c r="I15" s="131" t="s">
+        <v>72</v>
+      </c>
+      <c r="J15" s="131" t="s">
+        <v>68</v>
+      </c>
+      <c r="K15" s="142">
+        <v>0.13</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="138"/>
+      <c r="B16" s="139"/>
+      <c r="C16" s="139"/>
+      <c r="D16" s="139"/>
+      <c r="E16" s="140"/>
+      <c r="F16" s="141"/>
+      <c r="G16" s="139"/>
+      <c r="H16" s="139"/>
+      <c r="I16" s="131" t="s">
+        <v>31</v>
+      </c>
+      <c r="J16" s="131" t="s">
+        <v>68</v>
+      </c>
+      <c r="K16" s="132" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="17" spans="1:22" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="143" t="s">
+        <v>76</v>
+      </c>
+      <c r="B17" s="144" t="s">
+        <v>77</v>
+      </c>
+      <c r="C17" s="144" t="s">
+        <v>62</v>
+      </c>
+      <c r="D17" s="144" t="s">
+        <v>78</v>
+      </c>
+      <c r="E17" s="145" t="s">
+        <v>79</v>
+      </c>
+      <c r="F17" s="146"/>
+      <c r="G17" s="144" t="s">
+        <v>80</v>
+      </c>
+      <c r="H17" s="144" t="s">
+        <v>81</v>
+      </c>
+      <c r="I17" s="131" t="s">
+        <v>70</v>
+      </c>
+      <c r="J17" s="131" t="s">
+        <v>80</v>
+      </c>
+      <c r="K17" s="147">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="18" spans="1:22" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="127" t="s">
+        <v>82</v>
+      </c>
+      <c r="B18" s="128" t="s">
+        <v>83</v>
+      </c>
+      <c r="C18" s="128" t="s">
+        <v>24</v>
+      </c>
+      <c r="D18" s="128" t="s">
+        <v>63</v>
+      </c>
+      <c r="E18" s="129" t="s">
+        <v>79</v>
+      </c>
+      <c r="F18" s="130"/>
+      <c r="G18" s="128" t="s">
+        <v>65</v>
+      </c>
+      <c r="H18" s="128" t="s">
+        <v>66</v>
+      </c>
+      <c r="I18" s="131" t="s">
+        <v>67</v>
+      </c>
+      <c r="J18" s="131" t="s">
+        <v>68</v>
+      </c>
+      <c r="K18" s="148">
+        <v>0.28000000000000003</v>
+      </c>
+    </row>
+    <row r="19" spans="1:22" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="133"/>
+      <c r="B19" s="134"/>
+      <c r="C19" s="134"/>
+      <c r="D19" s="134"/>
+      <c r="E19" s="135"/>
+      <c r="F19" s="136"/>
+      <c r="G19" s="134"/>
+      <c r="H19" s="134"/>
+      <c r="I19" s="131" t="s">
+        <v>29</v>
+      </c>
+      <c r="J19" s="131" t="s">
+        <v>68</v>
+      </c>
+      <c r="K19" s="148">
+        <v>0.15</v>
+      </c>
+    </row>
+    <row r="20" spans="1:22" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="133"/>
+      <c r="B20" s="134"/>
+      <c r="C20" s="134"/>
+      <c r="D20" s="134"/>
+      <c r="E20" s="135"/>
+      <c r="F20" s="136"/>
+      <c r="G20" s="134"/>
+      <c r="H20" s="134"/>
+      <c r="I20" s="131" t="s">
+        <v>28</v>
+      </c>
+      <c r="J20" s="131" t="s">
+        <v>69</v>
+      </c>
+      <c r="K20" s="148">
+        <v>0.27</v>
+      </c>
+    </row>
+    <row r="21" spans="1:22" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="133"/>
+      <c r="B21" s="134"/>
+      <c r="C21" s="134"/>
+      <c r="D21" s="134"/>
+      <c r="E21" s="135"/>
+      <c r="F21" s="136"/>
+      <c r="G21" s="134"/>
+      <c r="H21" s="134"/>
+      <c r="I21" s="131" t="s">
+        <v>70</v>
+      </c>
+      <c r="J21" s="131" t="s">
+        <v>71</v>
+      </c>
+      <c r="K21" s="148">
+        <v>0.16</v>
+      </c>
+    </row>
+    <row r="22" spans="1:22" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="133"/>
+      <c r="B22" s="134"/>
+      <c r="C22" s="134"/>
+      <c r="D22" s="134"/>
+      <c r="E22" s="135"/>
+      <c r="F22" s="136"/>
+      <c r="G22" s="134"/>
+      <c r="H22" s="134"/>
+      <c r="I22" s="131" t="s">
+        <v>72</v>
+      </c>
+      <c r="J22" s="131" t="s">
+        <v>68</v>
+      </c>
+      <c r="K22" s="142">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="23" spans="1:22" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="138"/>
+      <c r="B23" s="139"/>
+      <c r="C23" s="139"/>
+      <c r="D23" s="139"/>
+      <c r="E23" s="140"/>
+      <c r="F23" s="141"/>
+      <c r="G23" s="139"/>
+      <c r="H23" s="139"/>
+      <c r="I23" s="131" t="s">
+        <v>31</v>
+      </c>
+      <c r="J23" s="131" t="s">
+        <v>69</v>
+      </c>
+      <c r="K23" s="147">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:22" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="149"/>
+      <c r="B24" s="149"/>
+      <c r="C24" s="149"/>
+      <c r="D24" s="150"/>
+      <c r="E24" s="151"/>
+      <c r="F24" s="151"/>
+      <c r="G24" s="152"/>
+      <c r="H24" s="153"/>
+      <c r="I24" s="153"/>
+      <c r="J24" s="153"/>
+      <c r="K24" s="154"/>
+      <c r="L24" s="154"/>
+      <c r="M24" s="154"/>
+      <c r="N24" s="154"/>
+      <c r="O24" s="154"/>
+      <c r="P24" s="154"/>
+      <c r="Q24" s="155"/>
+    </row>
+    <row r="25" spans="1:22" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="156" t="s">
+        <v>35</v>
+      </c>
+      <c r="B25" s="157"/>
+      <c r="C25" s="157"/>
+      <c r="D25" s="157"/>
+      <c r="E25" s="157"/>
+      <c r="F25" s="157"/>
+      <c r="G25" s="157"/>
+      <c r="H25" s="157"/>
+      <c r="I25" s="157"/>
+      <c r="J25" s="157"/>
+      <c r="K25" s="158"/>
+      <c r="L25" s="159">
         <v>2026</v>
       </c>
-      <c r="Q3" s="349"/>
-[...16 lines deleted...]
-      <c r="A4" s="113" t="s">
+      <c r="M25" s="160"/>
+      <c r="N25" s="160"/>
+      <c r="O25" s="160"/>
+      <c r="P25" s="161"/>
+    </row>
+    <row r="26" spans="1:22" s="117" customFormat="1" ht="40.5" x14ac:dyDescent="0.25">
+      <c r="A26" s="162" t="s">
         <v>49</v>
       </c>
-      <c r="B4" s="114" t="s">
+      <c r="B26" s="163" t="s">
         <v>50</v>
       </c>
-      <c r="C4" s="114" t="s">
+      <c r="C26" s="163" t="s">
         <v>51</v>
       </c>
-      <c r="D4" s="114" t="s">
+      <c r="D26" s="163" t="s">
+        <v>84</v>
+      </c>
+      <c r="E26" s="164" t="s">
+        <v>85</v>
+      </c>
+      <c r="F26" s="165"/>
+      <c r="G26" s="163" t="s">
+        <v>54</v>
+      </c>
+      <c r="H26" s="166" t="s">
+        <v>55</v>
+      </c>
+      <c r="I26" s="167" t="s">
+        <v>56</v>
+      </c>
+      <c r="J26" s="167" t="s">
+        <v>57</v>
+      </c>
+      <c r="K26" s="168" t="s">
+        <v>58</v>
+      </c>
+      <c r="L26" s="169" t="s">
+        <v>59</v>
+      </c>
+      <c r="M26" s="170" t="s">
+        <v>86</v>
+      </c>
+      <c r="N26" s="170" t="s">
+        <v>87</v>
+      </c>
+      <c r="O26" s="170" t="s">
+        <v>88</v>
+      </c>
+      <c r="P26" s="170" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q26" s="170" t="s">
+        <v>90</v>
+      </c>
+      <c r="R26" s="170" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="27" spans="1:22" s="183" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="171" t="s">
+        <v>92</v>
+      </c>
+      <c r="B27" s="172" t="s">
+        <v>93</v>
+      </c>
+      <c r="C27" s="173" t="s">
+        <v>62</v>
+      </c>
+      <c r="D27" s="127" t="s">
+        <v>94</v>
+      </c>
+      <c r="E27" s="174" t="s">
+        <v>95</v>
+      </c>
+      <c r="F27" s="175"/>
+      <c r="G27" s="127" t="s">
+        <v>96</v>
+      </c>
+      <c r="H27" s="127" t="s">
+        <v>81</v>
+      </c>
+      <c r="I27" s="176" t="s">
+        <v>97</v>
+      </c>
+      <c r="J27" s="176" t="s">
+        <v>98</v>
+      </c>
+      <c r="K27" s="177">
+        <v>0</v>
+      </c>
+      <c r="L27" s="178">
+        <v>81100</v>
+      </c>
+      <c r="M27" s="179"/>
+      <c r="N27" s="179"/>
+      <c r="O27" s="179"/>
+      <c r="P27" s="179"/>
+      <c r="Q27" s="180">
+        <v>35</v>
+      </c>
+      <c r="R27" s="181">
+        <v>2838500</v>
+      </c>
+      <c r="S27" s="182"/>
+      <c r="T27" s="182"/>
+    </row>
+    <row r="28" spans="1:22" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="184"/>
+      <c r="B28" s="185"/>
+      <c r="C28" s="186"/>
+      <c r="D28" s="133"/>
+      <c r="E28" s="187"/>
+      <c r="F28" s="188"/>
+      <c r="G28" s="133"/>
+      <c r="H28" s="133"/>
+      <c r="I28" s="189" t="s">
+        <v>67</v>
+      </c>
+      <c r="J28" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K28" s="177">
+        <v>0</v>
+      </c>
+      <c r="L28" s="190">
+        <v>7000</v>
+      </c>
+      <c r="M28" s="191"/>
+      <c r="N28" s="191"/>
+      <c r="O28" s="191"/>
+      <c r="P28" s="191"/>
+      <c r="Q28" s="180"/>
+      <c r="R28" s="192">
+        <v>245000</v>
+      </c>
+    </row>
+    <row r="29" spans="1:22" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="184"/>
+      <c r="B29" s="185"/>
+      <c r="C29" s="186"/>
+      <c r="D29" s="133"/>
+      <c r="E29" s="187"/>
+      <c r="F29" s="188"/>
+      <c r="G29" s="133"/>
+      <c r="H29" s="133"/>
+      <c r="I29" s="189" t="s">
+        <v>29</v>
+      </c>
+      <c r="J29" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K29" s="177">
+        <v>0</v>
+      </c>
+      <c r="L29" s="190">
+        <v>4500</v>
+      </c>
+      <c r="M29" s="191"/>
+      <c r="N29" s="191"/>
+      <c r="O29" s="191"/>
+      <c r="P29" s="191"/>
+      <c r="Q29" s="180"/>
+      <c r="R29" s="192">
+        <v>157500</v>
+      </c>
+      <c r="U29" s="193"/>
+      <c r="V29" s="193"/>
+    </row>
+    <row r="30" spans="1:22" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="184"/>
+      <c r="B30" s="185"/>
+      <c r="C30" s="186"/>
+      <c r="D30" s="133"/>
+      <c r="E30" s="187"/>
+      <c r="F30" s="188"/>
+      <c r="G30" s="133"/>
+      <c r="H30" s="133"/>
+      <c r="I30" s="189" t="s">
+        <v>28</v>
+      </c>
+      <c r="J30" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K30" s="177">
+        <v>0</v>
+      </c>
+      <c r="L30" s="190">
+        <v>600</v>
+      </c>
+      <c r="M30" s="191"/>
+      <c r="N30" s="191"/>
+      <c r="O30" s="191"/>
+      <c r="P30" s="191"/>
+      <c r="Q30" s="180"/>
+      <c r="R30" s="192">
+        <v>21000</v>
+      </c>
+    </row>
+    <row r="31" spans="1:22" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="184"/>
+      <c r="B31" s="185"/>
+      <c r="C31" s="186"/>
+      <c r="D31" s="133"/>
+      <c r="E31" s="187"/>
+      <c r="F31" s="188"/>
+      <c r="G31" s="133"/>
+      <c r="H31" s="133"/>
+      <c r="I31" s="189" t="s">
+        <v>70</v>
+      </c>
+      <c r="J31" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K31" s="177">
+        <v>0</v>
+      </c>
+      <c r="L31" s="190">
+        <v>65000</v>
+      </c>
+      <c r="M31" s="191"/>
+      <c r="N31" s="191"/>
+      <c r="O31" s="191"/>
+      <c r="P31" s="191"/>
+      <c r="Q31" s="180"/>
+      <c r="R31" s="192">
+        <v>2275000</v>
+      </c>
+    </row>
+    <row r="32" spans="1:22" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="184"/>
+      <c r="B32" s="185"/>
+      <c r="C32" s="186"/>
+      <c r="D32" s="133"/>
+      <c r="E32" s="187"/>
+      <c r="F32" s="188"/>
+      <c r="G32" s="133"/>
+      <c r="H32" s="133"/>
+      <c r="I32" s="189" t="s">
+        <v>30</v>
+      </c>
+      <c r="J32" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K32" s="177">
+        <v>0</v>
+      </c>
+      <c r="L32" s="190">
+        <v>3000</v>
+      </c>
+      <c r="M32" s="191"/>
+      <c r="N32" s="191"/>
+      <c r="O32" s="191"/>
+      <c r="P32" s="191"/>
+      <c r="Q32" s="180"/>
+      <c r="R32" s="192">
+        <v>105000</v>
+      </c>
+    </row>
+    <row r="33" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="194"/>
+      <c r="B33" s="195"/>
+      <c r="C33" s="196"/>
+      <c r="D33" s="138"/>
+      <c r="E33" s="197"/>
+      <c r="F33" s="198"/>
+      <c r="G33" s="138"/>
+      <c r="H33" s="138"/>
+      <c r="I33" s="189" t="s">
+        <v>31</v>
+      </c>
+      <c r="J33" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K33" s="177">
+        <v>0</v>
+      </c>
+      <c r="L33" s="190">
+        <v>1000</v>
+      </c>
+      <c r="M33" s="191"/>
+      <c r="N33" s="191"/>
+      <c r="O33" s="191"/>
+      <c r="P33" s="191"/>
+      <c r="Q33" s="180"/>
+      <c r="R33" s="192">
+        <v>35000</v>
+      </c>
+    </row>
+    <row r="34" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="127" t="s">
+        <v>99</v>
+      </c>
+      <c r="B34" s="199" t="s">
+        <v>100</v>
+      </c>
+      <c r="C34" s="200" t="s">
+        <v>62</v>
+      </c>
+      <c r="D34" s="127" t="s">
+        <v>101</v>
+      </c>
+      <c r="E34" s="174" t="s">
+        <v>102</v>
+      </c>
+      <c r="F34" s="175"/>
+      <c r="G34" s="127" t="s">
+        <v>103</v>
+      </c>
+      <c r="H34" s="127" t="s">
+        <v>81</v>
+      </c>
+      <c r="I34" s="176" t="s">
+        <v>97</v>
+      </c>
+      <c r="J34" s="176" t="s">
+        <v>98</v>
+      </c>
+      <c r="K34" s="177">
+        <v>0</v>
+      </c>
+      <c r="L34" s="178">
+        <v>96500</v>
+      </c>
+      <c r="M34" s="179"/>
+      <c r="N34" s="179"/>
+      <c r="O34" s="179"/>
+      <c r="P34" s="179"/>
+      <c r="Q34" s="180">
+        <v>200</v>
+      </c>
+      <c r="R34" s="181">
+        <v>19300000</v>
+      </c>
+      <c r="S34" s="182"/>
+      <c r="T34" s="182"/>
+    </row>
+    <row r="35" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="133"/>
+      <c r="B35" s="133"/>
+      <c r="C35" s="201"/>
+      <c r="D35" s="133"/>
+      <c r="E35" s="187"/>
+      <c r="F35" s="188"/>
+      <c r="G35" s="133"/>
+      <c r="H35" s="133"/>
+      <c r="I35" s="189" t="s">
+        <v>67</v>
+      </c>
+      <c r="J35" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K35" s="177">
+        <v>0</v>
+      </c>
+      <c r="L35" s="190">
+        <v>4000</v>
+      </c>
+      <c r="M35" s="191"/>
+      <c r="N35" s="191"/>
+      <c r="O35" s="191"/>
+      <c r="P35" s="191"/>
+      <c r="Q35" s="180"/>
+      <c r="R35" s="192">
+        <v>800000</v>
+      </c>
+    </row>
+    <row r="36" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="133"/>
+      <c r="B36" s="133"/>
+      <c r="C36" s="201"/>
+      <c r="D36" s="133"/>
+      <c r="E36" s="187"/>
+      <c r="F36" s="188"/>
+      <c r="G36" s="133"/>
+      <c r="H36" s="133"/>
+      <c r="I36" s="189" t="s">
+        <v>29</v>
+      </c>
+      <c r="J36" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K36" s="177">
+        <v>0</v>
+      </c>
+      <c r="L36" s="190">
+        <v>1500</v>
+      </c>
+      <c r="M36" s="191"/>
+      <c r="N36" s="191"/>
+      <c r="O36" s="191"/>
+      <c r="P36" s="191"/>
+      <c r="Q36" s="180"/>
+      <c r="R36" s="192">
+        <v>300000</v>
+      </c>
+    </row>
+    <row r="37" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="133"/>
+      <c r="B37" s="133"/>
+      <c r="C37" s="201"/>
+      <c r="D37" s="133"/>
+      <c r="E37" s="187"/>
+      <c r="F37" s="188"/>
+      <c r="G37" s="133"/>
+      <c r="H37" s="133"/>
+      <c r="I37" s="189" t="s">
+        <v>28</v>
+      </c>
+      <c r="J37" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K37" s="177">
+        <v>0</v>
+      </c>
+      <c r="L37" s="190">
+        <v>3000</v>
+      </c>
+      <c r="M37" s="191"/>
+      <c r="N37" s="191"/>
+      <c r="O37" s="191"/>
+      <c r="P37" s="191"/>
+      <c r="Q37" s="180"/>
+      <c r="R37" s="192">
+        <v>600000</v>
+      </c>
+    </row>
+    <row r="38" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="133"/>
+      <c r="B38" s="133"/>
+      <c r="C38" s="201"/>
+      <c r="D38" s="133"/>
+      <c r="E38" s="187"/>
+      <c r="F38" s="188"/>
+      <c r="G38" s="133"/>
+      <c r="H38" s="133"/>
+      <c r="I38" s="189" t="s">
+        <v>70</v>
+      </c>
+      <c r="J38" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K38" s="177">
+        <v>0</v>
+      </c>
+      <c r="L38" s="190">
+        <v>85000</v>
+      </c>
+      <c r="M38" s="191"/>
+      <c r="N38" s="191"/>
+      <c r="O38" s="191"/>
+      <c r="P38" s="191"/>
+      <c r="Q38" s="180"/>
+      <c r="R38" s="192">
+        <v>17000000</v>
+      </c>
+    </row>
+    <row r="39" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="133"/>
+      <c r="B39" s="133"/>
+      <c r="C39" s="201"/>
+      <c r="D39" s="133"/>
+      <c r="E39" s="187"/>
+      <c r="F39" s="188"/>
+      <c r="G39" s="133"/>
+      <c r="H39" s="133"/>
+      <c r="I39" s="189" t="s">
+        <v>30</v>
+      </c>
+      <c r="J39" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K39" s="177">
+        <v>0</v>
+      </c>
+      <c r="L39" s="190">
+        <v>1500</v>
+      </c>
+      <c r="M39" s="191"/>
+      <c r="N39" s="191"/>
+      <c r="O39" s="191"/>
+      <c r="P39" s="191"/>
+      <c r="Q39" s="180"/>
+      <c r="R39" s="192">
+        <v>300000</v>
+      </c>
+    </row>
+    <row r="40" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="138"/>
+      <c r="B40" s="138"/>
+      <c r="C40" s="202"/>
+      <c r="D40" s="138"/>
+      <c r="E40" s="197"/>
+      <c r="F40" s="198"/>
+      <c r="G40" s="138"/>
+      <c r="H40" s="138"/>
+      <c r="I40" s="189" t="s">
+        <v>31</v>
+      </c>
+      <c r="J40" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K40" s="177">
+        <v>0</v>
+      </c>
+      <c r="L40" s="190">
+        <v>1500</v>
+      </c>
+      <c r="M40" s="191"/>
+      <c r="N40" s="191"/>
+      <c r="O40" s="191"/>
+      <c r="P40" s="191"/>
+      <c r="Q40" s="180"/>
+      <c r="R40" s="192">
+        <v>300000</v>
+      </c>
+    </row>
+    <row r="41" spans="1:20" ht="71.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="203" t="s">
+        <v>104</v>
+      </c>
+      <c r="B41" s="203" t="s">
+        <v>105</v>
+      </c>
+      <c r="C41" s="203" t="s">
+        <v>24</v>
+      </c>
+      <c r="D41" s="203" t="s">
+        <v>106</v>
+      </c>
+      <c r="E41" s="204" t="s">
+        <v>107</v>
+      </c>
+      <c r="F41" s="205"/>
+      <c r="G41" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="H41" s="203" t="s">
+        <v>109</v>
+      </c>
+      <c r="I41" s="176" t="s">
+        <v>97</v>
+      </c>
+      <c r="J41" s="176" t="s">
+        <v>98</v>
+      </c>
+      <c r="K41" s="206">
+        <v>0.25</v>
+      </c>
+      <c r="L41" s="207">
+        <v>0.25</v>
+      </c>
+      <c r="M41" s="179"/>
+      <c r="N41" s="179"/>
+      <c r="O41" s="179"/>
+      <c r="P41" s="179"/>
+      <c r="Q41" s="208">
+        <v>26000</v>
+      </c>
+      <c r="R41" s="209">
+        <v>88400</v>
+      </c>
+      <c r="S41" s="210"/>
+      <c r="T41" s="210"/>
+    </row>
+    <row r="42" spans="1:20" ht="26.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="211" t="s">
+        <v>110</v>
+      </c>
+      <c r="B42" s="212"/>
+      <c r="C42" s="212"/>
+      <c r="D42" s="212"/>
+      <c r="E42" s="212"/>
+      <c r="F42" s="212"/>
+      <c r="G42" s="212"/>
+      <c r="H42" s="212"/>
+      <c r="I42" s="212"/>
+      <c r="J42" s="212"/>
+      <c r="K42" s="213"/>
+      <c r="L42" s="214" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="43" spans="1:20" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="215" t="s">
+        <v>112</v>
+      </c>
+      <c r="B43" s="216"/>
+      <c r="C43" s="216"/>
+      <c r="D43" s="216"/>
+      <c r="E43" s="216"/>
+      <c r="F43" s="216"/>
+      <c r="G43" s="216"/>
+      <c r="H43" s="216"/>
+      <c r="I43" s="216"/>
+      <c r="J43" s="216"/>
+      <c r="K43" s="217"/>
+      <c r="L43" s="218" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="44" spans="1:20" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="215" t="s">
+        <v>114</v>
+      </c>
+      <c r="B44" s="216"/>
+      <c r="C44" s="216"/>
+      <c r="D44" s="216"/>
+      <c r="E44" s="216"/>
+      <c r="F44" s="216"/>
+      <c r="G44" s="216"/>
+      <c r="H44" s="216"/>
+      <c r="I44" s="216"/>
+      <c r="J44" s="216"/>
+      <c r="K44" s="217"/>
+      <c r="L44" s="218" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="45" spans="1:20" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="215" t="s">
+        <v>115</v>
+      </c>
+      <c r="B45" s="216"/>
+      <c r="C45" s="216"/>
+      <c r="D45" s="216"/>
+      <c r="E45" s="216"/>
+      <c r="F45" s="216"/>
+      <c r="G45" s="216"/>
+      <c r="H45" s="216"/>
+      <c r="I45" s="216"/>
+      <c r="J45" s="216"/>
+      <c r="K45" s="217"/>
+      <c r="L45" s="218" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="46" spans="1:20" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="215" t="s">
+        <v>116</v>
+      </c>
+      <c r="B46" s="216"/>
+      <c r="C46" s="216"/>
+      <c r="D46" s="216"/>
+      <c r="E46" s="216"/>
+      <c r="F46" s="216"/>
+      <c r="G46" s="216"/>
+      <c r="H46" s="216"/>
+      <c r="I46" s="216"/>
+      <c r="J46" s="216"/>
+      <c r="K46" s="217"/>
+      <c r="L46" s="218" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="47" spans="1:20" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="215" t="s">
+        <v>117</v>
+      </c>
+      <c r="B47" s="216"/>
+      <c r="C47" s="216"/>
+      <c r="D47" s="216"/>
+      <c r="E47" s="216"/>
+      <c r="F47" s="216"/>
+      <c r="G47" s="216"/>
+      <c r="H47" s="216"/>
+      <c r="I47" s="216"/>
+      <c r="J47" s="216"/>
+      <c r="K47" s="217"/>
+      <c r="L47" s="218" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="48" spans="1:20" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="219" t="s">
+        <v>118</v>
+      </c>
+      <c r="B48" s="220"/>
+      <c r="C48" s="220"/>
+      <c r="D48" s="220"/>
+      <c r="E48" s="220"/>
+      <c r="F48" s="220"/>
+      <c r="G48" s="220"/>
+      <c r="H48" s="220"/>
+      <c r="I48" s="220"/>
+      <c r="J48" s="220"/>
+      <c r="K48" s="221"/>
+      <c r="L48" s="218" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="49" spans="1:20" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="219" t="s">
+        <v>119</v>
+      </c>
+      <c r="B49" s="220"/>
+      <c r="C49" s="220"/>
+      <c r="D49" s="220"/>
+      <c r="E49" s="220"/>
+      <c r="F49" s="220"/>
+      <c r="G49" s="220"/>
+      <c r="H49" s="220"/>
+      <c r="I49" s="220"/>
+      <c r="J49" s="220"/>
+      <c r="K49" s="221"/>
+      <c r="L49" s="218" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="50" spans="1:20" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="222" t="s">
+        <v>120</v>
+      </c>
+      <c r="B50" s="223"/>
+      <c r="C50" s="223"/>
+      <c r="D50" s="223"/>
+      <c r="E50" s="223"/>
+      <c r="F50" s="223"/>
+      <c r="G50" s="223"/>
+      <c r="H50" s="223"/>
+      <c r="I50" s="223"/>
+      <c r="J50" s="223"/>
+      <c r="K50" s="224"/>
+      <c r="L50" s="218" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="51" spans="1:20" s="117" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="225"/>
+      <c r="B51" s="226"/>
+      <c r="C51" s="226"/>
+      <c r="D51" s="226"/>
+      <c r="E51" s="226"/>
+      <c r="F51" s="226"/>
+      <c r="G51" s="226"/>
+      <c r="H51" s="226"/>
+      <c r="I51" s="226"/>
+      <c r="J51" s="226"/>
+      <c r="K51" s="227"/>
+      <c r="L51" s="218"/>
+      <c r="M51" s="154"/>
+      <c r="N51" s="154"/>
+      <c r="O51" s="154"/>
+      <c r="P51" s="154"/>
+      <c r="Q51" s="155"/>
+    </row>
+    <row r="52" spans="1:20" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="156" t="s">
+        <v>36</v>
+      </c>
+      <c r="B52" s="157"/>
+      <c r="C52" s="157"/>
+      <c r="D52" s="157"/>
+      <c r="E52" s="157"/>
+      <c r="F52" s="157"/>
+      <c r="G52" s="157"/>
+      <c r="H52" s="157"/>
+      <c r="I52" s="157"/>
+      <c r="J52" s="157"/>
+      <c r="K52" s="158"/>
+      <c r="L52" s="228">
+        <v>2026</v>
+      </c>
+      <c r="M52" s="229"/>
+      <c r="N52" s="229"/>
+      <c r="O52" s="229"/>
+      <c r="P52" s="229"/>
+      <c r="Q52" s="155"/>
+    </row>
+    <row r="53" spans="1:20" s="117" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="162" t="s">
+        <v>49</v>
+      </c>
+      <c r="B53" s="163" t="s">
+        <v>50</v>
+      </c>
+      <c r="C53" s="163" t="s">
+        <v>51</v>
+      </c>
+      <c r="D53" s="163" t="s">
+        <v>84</v>
+      </c>
+      <c r="E53" s="164" t="s">
+        <v>85</v>
+      </c>
+      <c r="F53" s="165"/>
+      <c r="G53" s="163" t="s">
+        <v>54</v>
+      </c>
+      <c r="H53" s="166" t="s">
+        <v>55</v>
+      </c>
+      <c r="I53" s="167" t="s">
+        <v>56</v>
+      </c>
+      <c r="J53" s="167" t="s">
+        <v>57</v>
+      </c>
+      <c r="K53" s="168" t="s">
+        <v>58</v>
+      </c>
+      <c r="L53" s="169" t="s">
+        <v>59</v>
+      </c>
+      <c r="M53" s="170" t="s">
+        <v>86</v>
+      </c>
+      <c r="N53" s="170" t="s">
+        <v>87</v>
+      </c>
+      <c r="O53" s="170" t="s">
+        <v>88</v>
+      </c>
+      <c r="P53" s="170" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q53" s="170" t="s">
+        <v>90</v>
+      </c>
+      <c r="R53" s="170" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="54" spans="1:20" s="117" customFormat="1" ht="99.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="230" t="s">
+        <v>121</v>
+      </c>
+      <c r="B54" s="230" t="s">
+        <v>122</v>
+      </c>
+      <c r="C54" s="230" t="s">
+        <v>62</v>
+      </c>
+      <c r="D54" s="230" t="s">
+        <v>123</v>
+      </c>
+      <c r="E54" s="204" t="s">
+        <v>124</v>
+      </c>
+      <c r="F54" s="205"/>
+      <c r="G54" s="230" t="s">
+        <v>125</v>
+      </c>
+      <c r="H54" s="230" t="s">
+        <v>81</v>
+      </c>
+      <c r="I54" s="231" t="s">
+        <v>126</v>
+      </c>
+      <c r="J54" s="231" t="s">
+        <v>98</v>
+      </c>
+      <c r="K54" s="177">
+        <v>0</v>
+      </c>
+      <c r="L54" s="178">
+        <v>1000</v>
+      </c>
+      <c r="M54" s="179"/>
+      <c r="N54" s="179"/>
+      <c r="O54" s="179"/>
+      <c r="P54" s="179"/>
+      <c r="Q54" s="232">
+        <v>50</v>
+      </c>
+      <c r="R54" s="233">
+        <v>50000</v>
+      </c>
+    </row>
+    <row r="55" spans="1:20" s="117" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="234" t="s">
+        <v>127</v>
+      </c>
+      <c r="B55" s="234" t="s">
+        <v>128</v>
+      </c>
+      <c r="C55" s="234" t="s">
+        <v>24</v>
+      </c>
+      <c r="D55" s="234" t="s">
+        <v>123</v>
+      </c>
+      <c r="E55" s="235" t="s">
+        <v>124</v>
+      </c>
+      <c r="F55" s="236"/>
+      <c r="G55" s="234" t="s">
+        <v>129</v>
+      </c>
+      <c r="H55" s="234" t="s">
+        <v>81</v>
+      </c>
+      <c r="I55" s="189" t="s">
+        <v>130</v>
+      </c>
+      <c r="J55" s="237" t="s">
+        <v>98</v>
+      </c>
+      <c r="K55" s="177">
+        <v>21</v>
+      </c>
+      <c r="L55" s="178">
+        <v>200</v>
+      </c>
+      <c r="M55" s="179"/>
+      <c r="N55" s="179"/>
+      <c r="O55" s="179"/>
+      <c r="P55" s="179"/>
+      <c r="Q55" s="232">
+        <v>50</v>
+      </c>
+      <c r="R55" s="233">
+        <v>10000</v>
+      </c>
+      <c r="S55" s="210"/>
+      <c r="T55" s="210"/>
+    </row>
+    <row r="56" spans="1:20" s="117" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="238"/>
+      <c r="B56" s="238"/>
+      <c r="C56" s="238"/>
+      <c r="D56" s="238"/>
+      <c r="E56" s="239"/>
+      <c r="F56" s="240"/>
+      <c r="G56" s="238"/>
+      <c r="H56" s="238"/>
+      <c r="I56" s="189" t="s">
+        <v>131</v>
+      </c>
+      <c r="J56" s="241"/>
+      <c r="K56" s="177">
+        <v>918</v>
+      </c>
+      <c r="L56" s="178">
+        <v>950</v>
+      </c>
+      <c r="M56" s="179"/>
+      <c r="N56" s="179"/>
+      <c r="O56" s="179"/>
+      <c r="P56" s="179"/>
+      <c r="Q56" s="232">
+        <v>50</v>
+      </c>
+      <c r="R56" s="233">
+        <v>47500</v>
+      </c>
+      <c r="S56" s="210"/>
+      <c r="T56" s="210"/>
+    </row>
+    <row r="57" spans="1:20" s="117" customFormat="1" ht="101.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="230" t="s">
+        <v>132</v>
+      </c>
+      <c r="B57" s="230" t="s">
+        <v>133</v>
+      </c>
+      <c r="C57" s="230" t="s">
+        <v>23</v>
+      </c>
+      <c r="D57" s="230" t="s">
+        <v>123</v>
+      </c>
+      <c r="E57" s="204" t="s">
+        <v>134</v>
+      </c>
+      <c r="F57" s="205"/>
+      <c r="G57" s="230" t="s">
+        <v>135</v>
+      </c>
+      <c r="H57" s="230" t="s">
+        <v>81</v>
+      </c>
+      <c r="I57" s="230" t="s">
+        <v>126</v>
+      </c>
+      <c r="J57" s="230" t="s">
+        <v>98</v>
+      </c>
+      <c r="K57" s="242">
+        <v>2943</v>
+      </c>
+      <c r="L57" s="243">
+        <v>2500</v>
+      </c>
+      <c r="M57" s="244"/>
+      <c r="N57" s="244"/>
+      <c r="O57" s="244"/>
+      <c r="P57" s="244"/>
+      <c r="Q57" s="245">
+        <v>50</v>
+      </c>
+      <c r="R57" s="246">
+        <v>125000</v>
+      </c>
+    </row>
+    <row r="58" spans="1:20" ht="135" x14ac:dyDescent="0.25">
+      <c r="A58" s="203" t="s">
+        <v>136</v>
+      </c>
+      <c r="B58" s="230" t="s">
+        <v>137</v>
+      </c>
+      <c r="C58" s="230" t="s">
+        <v>62</v>
+      </c>
+      <c r="D58" s="203" t="s">
+        <v>69</v>
+      </c>
+      <c r="E58" s="204"/>
+      <c r="F58" s="205"/>
+      <c r="G58" s="203" t="s">
+        <v>138</v>
+      </c>
+      <c r="H58" s="203" t="s">
+        <v>109</v>
+      </c>
+      <c r="I58" s="203" t="s">
+        <v>126</v>
+      </c>
+      <c r="J58" s="203" t="s">
+        <v>139</v>
+      </c>
+      <c r="K58" s="230" t="s">
+        <v>69</v>
+      </c>
+      <c r="L58" s="243">
+        <v>4</v>
+      </c>
+      <c r="M58" s="247"/>
+      <c r="N58" s="247"/>
+      <c r="O58" s="247"/>
+      <c r="P58" s="247"/>
+      <c r="Q58" s="245">
+        <v>17000</v>
+      </c>
+      <c r="R58" s="246">
+        <v>68000</v>
+      </c>
+    </row>
+    <row r="59" spans="1:20" ht="135" x14ac:dyDescent="0.25">
+      <c r="A59" s="248" t="s">
+        <v>140</v>
+      </c>
+      <c r="B59" s="230" t="s">
+        <v>137</v>
+      </c>
+      <c r="C59" s="230" t="s">
+        <v>24</v>
+      </c>
+      <c r="D59" s="248" t="s">
+        <v>69</v>
+      </c>
+      <c r="E59" s="249"/>
+      <c r="F59" s="250"/>
+      <c r="G59" s="203" t="s">
+        <v>138</v>
+      </c>
+      <c r="H59" s="203" t="s">
+        <v>109</v>
+      </c>
+      <c r="I59" s="203" t="s">
+        <v>126</v>
+      </c>
+      <c r="J59" s="251" t="s">
+        <v>139</v>
+      </c>
+      <c r="K59" s="252"/>
+      <c r="L59" s="253">
+        <v>1</v>
+      </c>
+      <c r="M59" s="254"/>
+      <c r="N59" s="254"/>
+      <c r="O59" s="254"/>
+      <c r="P59" s="254"/>
+      <c r="Q59" s="255">
+        <v>180000</v>
+      </c>
+      <c r="R59" s="256">
+        <v>180000</v>
+      </c>
+    </row>
+    <row r="60" spans="1:20" ht="135" x14ac:dyDescent="0.25">
+      <c r="A60" s="248" t="s">
+        <v>141</v>
+      </c>
+      <c r="B60" s="230" t="s">
+        <v>137</v>
+      </c>
+      <c r="C60" s="230" t="s">
+        <v>23</v>
+      </c>
+      <c r="D60" s="248" t="s">
+        <v>69</v>
+      </c>
+      <c r="E60" s="249"/>
+      <c r="F60" s="250"/>
+      <c r="G60" s="203" t="s">
+        <v>138</v>
+      </c>
+      <c r="H60" s="203" t="s">
+        <v>109</v>
+      </c>
+      <c r="I60" s="203" t="s">
+        <v>126</v>
+      </c>
+      <c r="J60" s="251" t="s">
+        <v>139</v>
+      </c>
+      <c r="K60" s="252"/>
+      <c r="L60" s="253">
+        <v>1</v>
+      </c>
+      <c r="M60" s="254"/>
+      <c r="N60" s="254"/>
+      <c r="O60" s="254"/>
+      <c r="P60" s="254"/>
+      <c r="Q60" s="255">
+        <v>180000</v>
+      </c>
+      <c r="R60" s="256">
+        <v>180000</v>
+      </c>
+    </row>
+    <row r="61" spans="1:20" ht="26.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="257" t="s">
+        <v>142</v>
+      </c>
+      <c r="B61" s="258"/>
+      <c r="C61" s="258"/>
+      <c r="D61" s="258"/>
+      <c r="E61" s="258"/>
+      <c r="F61" s="258"/>
+      <c r="G61" s="258"/>
+      <c r="H61" s="258"/>
+      <c r="I61" s="258"/>
+      <c r="J61" s="258"/>
+      <c r="K61" s="259"/>
+      <c r="L61" s="214" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="62" spans="1:20" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="260" t="s">
+        <v>143</v>
+      </c>
+      <c r="B62" s="261"/>
+      <c r="C62" s="261"/>
+      <c r="D62" s="261"/>
+      <c r="E62" s="261"/>
+      <c r="F62" s="261"/>
+      <c r="G62" s="261"/>
+      <c r="H62" s="261"/>
+      <c r="I62" s="261"/>
+      <c r="J62" s="261"/>
+      <c r="K62" s="262"/>
+      <c r="L62" s="218" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="63" spans="1:20" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="260" t="s">
+        <v>144</v>
+      </c>
+      <c r="B63" s="261"/>
+      <c r="C63" s="261"/>
+      <c r="D63" s="261"/>
+      <c r="E63" s="261"/>
+      <c r="F63" s="261"/>
+      <c r="G63" s="261"/>
+      <c r="H63" s="261"/>
+      <c r="I63" s="261"/>
+      <c r="J63" s="261"/>
+      <c r="K63" s="262"/>
+      <c r="L63" s="218" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="64" spans="1:20" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="263" t="s">
+        <v>145</v>
+      </c>
+      <c r="B64" s="264"/>
+      <c r="C64" s="264"/>
+      <c r="D64" s="264"/>
+      <c r="E64" s="264"/>
+      <c r="F64" s="264"/>
+      <c r="G64" s="264"/>
+      <c r="H64" s="264"/>
+      <c r="I64" s="264"/>
+      <c r="J64" s="264"/>
+      <c r="K64" s="265"/>
+      <c r="L64" s="218" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="65" spans="1:18" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="263" t="s">
+        <v>146</v>
+      </c>
+      <c r="B65" s="264"/>
+      <c r="C65" s="264"/>
+      <c r="D65" s="264"/>
+      <c r="E65" s="264"/>
+      <c r="F65" s="264"/>
+      <c r="G65" s="264"/>
+      <c r="H65" s="264"/>
+      <c r="I65" s="264"/>
+      <c r="J65" s="264"/>
+      <c r="K65" s="265"/>
+      <c r="L65" s="218" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="66" spans="1:18" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="264" t="s">
+        <v>147</v>
+      </c>
+      <c r="B66" s="264"/>
+      <c r="C66" s="264"/>
+      <c r="D66" s="264"/>
+      <c r="E66" s="264"/>
+      <c r="F66" s="264"/>
+      <c r="G66" s="264"/>
+      <c r="H66" s="264"/>
+      <c r="I66" s="264"/>
+      <c r="J66" s="264"/>
+      <c r="K66" s="264"/>
+      <c r="L66" s="218" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="67" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="264" t="s">
+        <v>148</v>
+      </c>
+      <c r="B67" s="264"/>
+      <c r="C67" s="264"/>
+      <c r="D67" s="264"/>
+      <c r="E67" s="264"/>
+      <c r="F67" s="264"/>
+      <c r="G67" s="264"/>
+      <c r="H67" s="264"/>
+      <c r="I67" s="264"/>
+      <c r="J67" s="264"/>
+      <c r="K67" s="264"/>
+      <c r="L67" s="218" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="68" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="266" t="s">
+        <v>149</v>
+      </c>
+      <c r="B68" s="266"/>
+      <c r="C68" s="266"/>
+      <c r="D68" s="266"/>
+      <c r="E68" s="266"/>
+      <c r="F68" s="266"/>
+      <c r="G68" s="266"/>
+      <c r="H68" s="266"/>
+      <c r="I68" s="266"/>
+      <c r="J68" s="266"/>
+      <c r="K68" s="266"/>
+      <c r="L68" s="218" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="69" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B69" s="117"/>
+      <c r="C69" s="117"/>
+      <c r="D69" s="117"/>
+      <c r="E69" s="117"/>
+      <c r="F69" s="117"/>
+      <c r="G69" s="117"/>
+      <c r="H69" s="117"/>
+      <c r="I69" s="117"/>
+      <c r="J69" s="117"/>
+      <c r="K69" s="117"/>
+      <c r="Q69" s="117"/>
+    </row>
+    <row r="70" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="156" t="s">
+        <v>37</v>
+      </c>
+      <c r="B70" s="157"/>
+      <c r="C70" s="157"/>
+      <c r="D70" s="157"/>
+      <c r="E70" s="157"/>
+      <c r="F70" s="157"/>
+      <c r="G70" s="157"/>
+      <c r="H70" s="157"/>
+      <c r="I70" s="157"/>
+      <c r="J70" s="157"/>
+      <c r="K70" s="158"/>
+      <c r="L70" s="229">
+        <v>2026</v>
+      </c>
+      <c r="M70" s="229"/>
+      <c r="N70" s="229"/>
+      <c r="O70" s="229"/>
+      <c r="P70" s="229"/>
+    </row>
+    <row r="71" spans="1:18" ht="40.5" x14ac:dyDescent="0.25">
+      <c r="A71" s="162" t="s">
+        <v>49</v>
+      </c>
+      <c r="B71" s="163" t="s">
+        <v>50</v>
+      </c>
+      <c r="C71" s="163" t="s">
+        <v>51</v>
+      </c>
+      <c r="D71" s="163" t="s">
+        <v>84</v>
+      </c>
+      <c r="E71" s="164" t="s">
+        <v>85</v>
+      </c>
+      <c r="F71" s="165"/>
+      <c r="G71" s="163" t="s">
+        <v>54</v>
+      </c>
+      <c r="H71" s="166" t="s">
+        <v>55</v>
+      </c>
+      <c r="I71" s="167" t="s">
+        <v>56</v>
+      </c>
+      <c r="J71" s="167" t="s">
+        <v>57</v>
+      </c>
+      <c r="K71" s="168" t="s">
+        <v>58</v>
+      </c>
+      <c r="L71" s="169" t="s">
+        <v>59</v>
+      </c>
+      <c r="M71" s="170" t="s">
+        <v>86</v>
+      </c>
+      <c r="N71" s="170" t="s">
+        <v>87</v>
+      </c>
+      <c r="O71" s="170" t="s">
+        <v>88</v>
+      </c>
+      <c r="P71" s="170" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q71" s="170" t="s">
+        <v>90</v>
+      </c>
+      <c r="R71" s="170" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="72" spans="1:18" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="203" t="s">
+        <v>150</v>
+      </c>
+      <c r="B72" s="203" t="s">
+        <v>151</v>
+      </c>
+      <c r="C72" s="203" t="s">
+        <v>62</v>
+      </c>
+      <c r="D72" s="203" t="s">
+        <v>152</v>
+      </c>
+      <c r="E72" s="204" t="s">
+        <v>153</v>
+      </c>
+      <c r="F72" s="205"/>
+      <c r="G72" s="203" t="s">
+        <v>154</v>
+      </c>
+      <c r="H72" s="203" t="s">
+        <v>81</v>
+      </c>
+      <c r="I72" s="176" t="s">
+        <v>155</v>
+      </c>
+      <c r="J72" s="176" t="s">
+        <v>156</v>
+      </c>
+      <c r="K72" s="177">
+        <v>0</v>
+      </c>
+      <c r="L72" s="178">
+        <v>4</v>
+      </c>
+      <c r="M72" s="179"/>
+      <c r="N72" s="179"/>
+      <c r="O72" s="179"/>
+      <c r="P72" s="179"/>
+      <c r="Q72" s="180">
+        <v>100000</v>
+      </c>
+      <c r="R72" s="267">
+        <v>400000</v>
+      </c>
+    </row>
+    <row r="73" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="211" t="s">
+        <v>157</v>
+      </c>
+      <c r="B73" s="212"/>
+      <c r="C73" s="212"/>
+      <c r="D73" s="212"/>
+      <c r="E73" s="212"/>
+      <c r="F73" s="212"/>
+      <c r="G73" s="212"/>
+      <c r="H73" s="212"/>
+      <c r="I73" s="212"/>
+      <c r="J73" s="212"/>
+      <c r="K73" s="213"/>
+      <c r="L73" s="214" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="74" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="268" t="s">
+        <v>158</v>
+      </c>
+      <c r="B74" s="269"/>
+      <c r="C74" s="269"/>
+      <c r="D74" s="269"/>
+      <c r="E74" s="269"/>
+      <c r="F74" s="269"/>
+      <c r="G74" s="269"/>
+      <c r="H74" s="269"/>
+      <c r="I74" s="269"/>
+      <c r="J74" s="269"/>
+      <c r="K74" s="270"/>
+      <c r="L74" s="218" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="75" spans="1:18" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="268" t="s">
+        <v>160</v>
+      </c>
+      <c r="B75" s="269"/>
+      <c r="C75" s="269"/>
+      <c r="D75" s="269"/>
+      <c r="E75" s="269"/>
+      <c r="F75" s="269"/>
+      <c r="G75" s="269"/>
+      <c r="H75" s="269"/>
+      <c r="I75" s="269"/>
+      <c r="J75" s="269"/>
+      <c r="K75" s="270"/>
+      <c r="L75" s="218" t="s">
+        <v>159</v>
+      </c>
+      <c r="Q75" s="118"/>
+    </row>
+    <row r="76" spans="1:18" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="269" t="s">
+        <v>161</v>
+      </c>
+      <c r="B76" s="269"/>
+      <c r="C76" s="269"/>
+      <c r="D76" s="269"/>
+      <c r="E76" s="269"/>
+      <c r="F76" s="269"/>
+      <c r="G76" s="269"/>
+      <c r="H76" s="269"/>
+      <c r="I76" s="269"/>
+      <c r="J76" s="269"/>
+      <c r="K76" s="269"/>
+      <c r="L76" s="218" t="s">
+        <v>159</v>
+      </c>
+      <c r="Q76" s="118"/>
+    </row>
+    <row r="77" spans="1:18" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="268" t="s">
+        <v>162</v>
+      </c>
+      <c r="B77" s="269"/>
+      <c r="C77" s="269"/>
+      <c r="D77" s="269"/>
+      <c r="E77" s="269"/>
+      <c r="F77" s="269"/>
+      <c r="G77" s="269"/>
+      <c r="H77" s="269"/>
+      <c r="I77" s="269"/>
+      <c r="J77" s="269"/>
+      <c r="K77" s="270"/>
+      <c r="L77" s="218" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="78" spans="1:18" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="271"/>
+      <c r="B78" s="271"/>
+      <c r="C78" s="271"/>
+      <c r="D78" s="271"/>
+      <c r="E78" s="271"/>
+      <c r="F78" s="271"/>
+      <c r="G78" s="271"/>
+      <c r="H78" s="271"/>
+      <c r="I78" s="271"/>
+      <c r="J78" s="271"/>
+      <c r="K78" s="271"/>
+      <c r="Q78" s="118"/>
+    </row>
+    <row r="79" spans="1:18" s="117" customFormat="1" ht="38.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="272" t="s">
+        <v>39</v>
+      </c>
+      <c r="B79" s="272"/>
+      <c r="C79" s="272"/>
+      <c r="D79" s="272"/>
+      <c r="E79" s="272"/>
+      <c r="F79" s="272"/>
+      <c r="G79" s="272"/>
+      <c r="H79" s="272"/>
+      <c r="I79" s="272"/>
+      <c r="J79" s="272"/>
+      <c r="K79" s="273"/>
+      <c r="Q79" s="118"/>
+    </row>
+    <row r="80" spans="1:18" s="117" customFormat="1" ht="38.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="121" t="s">
+        <v>49</v>
+      </c>
+      <c r="B80" s="122" t="s">
+        <v>50</v>
+      </c>
+      <c r="C80" s="122" t="s">
+        <v>51</v>
+      </c>
+      <c r="D80" s="122" t="s">
         <v>52</v>
       </c>
-      <c r="E4" s="350" t="s">
+      <c r="E80" s="123" t="s">
         <v>53</v>
       </c>
-      <c r="F4" s="351"/>
-      <c r="G4" s="114" t="s">
+      <c r="F80" s="124"/>
+      <c r="G80" s="122" t="s">
         <v>54</v>
       </c>
-      <c r="H4" s="114" t="s">
+      <c r="H80" s="122" t="s">
         <v>55</v>
       </c>
-      <c r="I4" s="115" t="s">
+      <c r="I80" s="122" t="s">
         <v>56</v>
       </c>
-      <c r="J4" s="115" t="s">
+      <c r="J80" s="122" t="s">
         <v>57</v>
       </c>
-      <c r="K4" s="113" t="s">
+      <c r="K80" s="121" t="s">
         <v>58</v>
       </c>
-      <c r="L4" s="116" t="s">
+      <c r="Q80" s="118"/>
+    </row>
+    <row r="81" spans="1:20" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="127" t="s">
+        <v>163</v>
+      </c>
+      <c r="B81" s="127" t="s">
+        <v>164</v>
+      </c>
+      <c r="C81" s="127" t="s">
+        <v>62</v>
+      </c>
+      <c r="D81" s="127" t="s">
+        <v>165</v>
+      </c>
+      <c r="E81" s="174" t="s">
+        <v>166</v>
+      </c>
+      <c r="F81" s="175"/>
+      <c r="G81" s="127" t="s">
+        <v>167</v>
+      </c>
+      <c r="H81" s="127" t="s">
+        <v>168</v>
+      </c>
+      <c r="I81" s="131" t="s">
+        <v>67</v>
+      </c>
+      <c r="J81" s="131" t="s">
+        <v>68</v>
+      </c>
+      <c r="K81" s="148">
+        <v>0.4</v>
+      </c>
+      <c r="Q81" s="118"/>
+    </row>
+    <row r="82" spans="1:20" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="133"/>
+      <c r="B82" s="133"/>
+      <c r="C82" s="133"/>
+      <c r="D82" s="133"/>
+      <c r="E82" s="187"/>
+      <c r="F82" s="188"/>
+      <c r="G82" s="133"/>
+      <c r="H82" s="133"/>
+      <c r="I82" s="131" t="s">
+        <v>29</v>
+      </c>
+      <c r="J82" s="131" t="s">
+        <v>68</v>
+      </c>
+      <c r="K82" s="148">
+        <v>0.5</v>
+      </c>
+      <c r="Q82" s="118"/>
+    </row>
+    <row r="83" spans="1:20" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="133"/>
+      <c r="B83" s="133"/>
+      <c r="C83" s="133"/>
+      <c r="D83" s="133"/>
+      <c r="E83" s="187"/>
+      <c r="F83" s="188"/>
+      <c r="G83" s="133"/>
+      <c r="H83" s="133"/>
+      <c r="I83" s="131" t="s">
+        <v>28</v>
+      </c>
+      <c r="J83" s="131" t="s">
+        <v>68</v>
+      </c>
+      <c r="K83" s="148">
+        <v>0.79</v>
+      </c>
+      <c r="Q83" s="118"/>
+    </row>
+    <row r="84" spans="1:20" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="133"/>
+      <c r="B84" s="133"/>
+      <c r="C84" s="133"/>
+      <c r="D84" s="133"/>
+      <c r="E84" s="187"/>
+      <c r="F84" s="188"/>
+      <c r="G84" s="133"/>
+      <c r="H84" s="133"/>
+      <c r="I84" s="131" t="s">
+        <v>70</v>
+      </c>
+      <c r="J84" s="131" t="s">
+        <v>71</v>
+      </c>
+      <c r="K84" s="148">
+        <v>0.79</v>
+      </c>
+      <c r="Q84" s="118"/>
+    </row>
+    <row r="85" spans="1:20" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="133"/>
+      <c r="B85" s="133"/>
+      <c r="C85" s="133"/>
+      <c r="D85" s="133"/>
+      <c r="E85" s="187"/>
+      <c r="F85" s="188"/>
+      <c r="G85" s="133"/>
+      <c r="H85" s="133"/>
+      <c r="I85" s="131" t="s">
+        <v>72</v>
+      </c>
+      <c r="J85" s="131" t="s">
+        <v>68</v>
+      </c>
+      <c r="K85" s="142" t="s">
+        <v>69</v>
+      </c>
+      <c r="Q85" s="118"/>
+    </row>
+    <row r="86" spans="1:20" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="138"/>
+      <c r="B86" s="138"/>
+      <c r="C86" s="138"/>
+      <c r="D86" s="138"/>
+      <c r="E86" s="197"/>
+      <c r="F86" s="198"/>
+      <c r="G86" s="138"/>
+      <c r="H86" s="138"/>
+      <c r="I86" s="131" t="s">
+        <v>31</v>
+      </c>
+      <c r="J86" s="131" t="s">
+        <v>68</v>
+      </c>
+      <c r="K86" s="148">
+        <v>0</v>
+      </c>
+      <c r="Q86" s="118"/>
+    </row>
+    <row r="87" spans="1:20" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="127" t="s">
+        <v>169</v>
+      </c>
+      <c r="B87" s="127" t="s">
+        <v>170</v>
+      </c>
+      <c r="C87" s="127" t="s">
+        <v>24</v>
+      </c>
+      <c r="D87" s="127" t="s">
+        <v>171</v>
+      </c>
+      <c r="E87" s="174" t="s">
+        <v>172</v>
+      </c>
+      <c r="F87" s="175"/>
+      <c r="G87" s="127" t="s">
+        <v>173</v>
+      </c>
+      <c r="H87" s="127" t="s">
+        <v>174</v>
+      </c>
+      <c r="I87" s="131" t="s">
+        <v>67</v>
+      </c>
+      <c r="J87" s="131" t="s">
+        <v>68</v>
+      </c>
+      <c r="K87" s="148">
+        <v>0.57999999999999996</v>
+      </c>
+      <c r="Q87" s="118"/>
+    </row>
+    <row r="88" spans="1:20" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="133"/>
+      <c r="B88" s="133"/>
+      <c r="C88" s="133"/>
+      <c r="D88" s="133"/>
+      <c r="E88" s="187"/>
+      <c r="F88" s="188"/>
+      <c r="G88" s="133"/>
+      <c r="H88" s="133"/>
+      <c r="I88" s="131" t="s">
+        <v>29</v>
+      </c>
+      <c r="J88" s="131" t="s">
+        <v>68</v>
+      </c>
+      <c r="K88" s="148">
+        <v>0.53</v>
+      </c>
+      <c r="Q88" s="118"/>
+    </row>
+    <row r="89" spans="1:20" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="133"/>
+      <c r="B89" s="133"/>
+      <c r="C89" s="133"/>
+      <c r="D89" s="133"/>
+      <c r="E89" s="187"/>
+      <c r="F89" s="188"/>
+      <c r="G89" s="133"/>
+      <c r="H89" s="133"/>
+      <c r="I89" s="131" t="s">
+        <v>28</v>
+      </c>
+      <c r="J89" s="131" t="s">
+        <v>68</v>
+      </c>
+      <c r="K89" s="148">
+        <v>0.53</v>
+      </c>
+      <c r="Q89" s="118"/>
+    </row>
+    <row r="90" spans="1:20" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="133"/>
+      <c r="B90" s="133"/>
+      <c r="C90" s="133"/>
+      <c r="D90" s="133"/>
+      <c r="E90" s="187"/>
+      <c r="F90" s="188"/>
+      <c r="G90" s="133"/>
+      <c r="H90" s="133"/>
+      <c r="I90" s="131" t="s">
+        <v>70</v>
+      </c>
+      <c r="J90" s="131" t="s">
+        <v>71</v>
+      </c>
+      <c r="K90" s="148">
+        <v>0.19</v>
+      </c>
+      <c r="Q90" s="118"/>
+    </row>
+    <row r="91" spans="1:20" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="133"/>
+      <c r="B91" s="133"/>
+      <c r="C91" s="133"/>
+      <c r="D91" s="133"/>
+      <c r="E91" s="187"/>
+      <c r="F91" s="188"/>
+      <c r="G91" s="133"/>
+      <c r="H91" s="133"/>
+      <c r="I91" s="131" t="s">
+        <v>72</v>
+      </c>
+      <c r="J91" s="131" t="s">
+        <v>68</v>
+      </c>
+      <c r="K91" s="142">
+        <v>0.05</v>
+      </c>
+      <c r="Q91" s="118"/>
+    </row>
+    <row r="92" spans="1:20" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="138"/>
+      <c r="B92" s="138"/>
+      <c r="C92" s="138"/>
+      <c r="D92" s="138"/>
+      <c r="E92" s="197"/>
+      <c r="F92" s="198"/>
+      <c r="G92" s="138"/>
+      <c r="H92" s="138"/>
+      <c r="I92" s="131" t="s">
+        <v>31</v>
+      </c>
+      <c r="J92" s="131" t="s">
+        <v>68</v>
+      </c>
+      <c r="K92" s="148">
+        <v>0.3</v>
+      </c>
+      <c r="Q92" s="118"/>
+    </row>
+    <row r="93" spans="1:20" s="117" customFormat="1" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="230" t="s">
+        <v>175</v>
+      </c>
+      <c r="B93" s="230" t="s">
+        <v>176</v>
+      </c>
+      <c r="C93" s="230" t="s">
+        <v>24</v>
+      </c>
+      <c r="D93" s="230" t="s">
+        <v>177</v>
+      </c>
+      <c r="E93" s="274" t="s">
+        <v>178</v>
+      </c>
+      <c r="F93" s="275"/>
+      <c r="G93" s="230" t="s">
+        <v>179</v>
+      </c>
+      <c r="H93" s="230" t="s">
+        <v>180</v>
+      </c>
+      <c r="I93" s="276" t="s">
+        <v>69</v>
+      </c>
+      <c r="J93" s="276" t="s">
+        <v>179</v>
+      </c>
+      <c r="K93" s="277">
+        <v>6</v>
+      </c>
+      <c r="Q93" s="278"/>
+      <c r="R93" s="278"/>
+      <c r="S93" s="278"/>
+      <c r="T93" s="278"/>
+    </row>
+    <row r="94" spans="1:20" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="279"/>
+      <c r="B94" s="280"/>
+      <c r="C94" s="280"/>
+      <c r="D94" s="280"/>
+      <c r="E94" s="280"/>
+      <c r="F94" s="280"/>
+      <c r="G94" s="280"/>
+      <c r="H94" s="280"/>
+      <c r="I94" s="280"/>
+      <c r="J94" s="280"/>
+      <c r="K94" s="281"/>
+      <c r="L94" s="154"/>
+      <c r="M94" s="154"/>
+      <c r="N94" s="154"/>
+      <c r="O94" s="154"/>
+      <c r="P94" s="154"/>
+      <c r="Q94" s="155"/>
+    </row>
+    <row r="95" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="156" t="s">
+        <v>40</v>
+      </c>
+      <c r="B95" s="157"/>
+      <c r="C95" s="157"/>
+      <c r="D95" s="157"/>
+      <c r="E95" s="157"/>
+      <c r="F95" s="157"/>
+      <c r="G95" s="157"/>
+      <c r="H95" s="157"/>
+      <c r="I95" s="157"/>
+      <c r="J95" s="157"/>
+      <c r="K95" s="158"/>
+      <c r="L95" s="159">
+        <v>2026</v>
+      </c>
+      <c r="M95" s="160"/>
+      <c r="N95" s="160"/>
+      <c r="O95" s="160"/>
+      <c r="P95" s="161"/>
+    </row>
+    <row r="96" spans="1:20" s="117" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="162" t="s">
+        <v>49</v>
+      </c>
+      <c r="B96" s="163" t="s">
+        <v>50</v>
+      </c>
+      <c r="C96" s="163" t="s">
+        <v>51</v>
+      </c>
+      <c r="D96" s="163" t="s">
+        <v>84</v>
+      </c>
+      <c r="E96" s="164" t="s">
+        <v>85</v>
+      </c>
+      <c r="F96" s="165"/>
+      <c r="G96" s="163" t="s">
+        <v>54</v>
+      </c>
+      <c r="H96" s="166" t="s">
+        <v>55</v>
+      </c>
+      <c r="I96" s="167" t="s">
+        <v>56</v>
+      </c>
+      <c r="J96" s="167" t="s">
+        <v>57</v>
+      </c>
+      <c r="K96" s="168" t="s">
+        <v>58</v>
+      </c>
+      <c r="L96" s="169" t="s">
         <v>59</v>
       </c>
-      <c r="M4" s="117" t="s">
+      <c r="M96" s="170" t="s">
+        <v>86</v>
+      </c>
+      <c r="N96" s="170" t="s">
+        <v>87</v>
+      </c>
+      <c r="O96" s="170" t="s">
+        <v>88</v>
+      </c>
+      <c r="P96" s="170" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q96" s="170" t="s">
+        <v>90</v>
+      </c>
+      <c r="R96" s="170" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="97" spans="1:20" s="183" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="127" t="s">
+        <v>181</v>
+      </c>
+      <c r="B97" s="127" t="s">
+        <v>182</v>
+      </c>
+      <c r="C97" s="127" t="s">
+        <v>62</v>
+      </c>
+      <c r="D97" s="127" t="s">
+        <v>183</v>
+      </c>
+      <c r="E97" s="174" t="s">
+        <v>184</v>
+      </c>
+      <c r="F97" s="175"/>
+      <c r="G97" s="127" t="s">
+        <v>185</v>
+      </c>
+      <c r="H97" s="127" t="s">
+        <v>81</v>
+      </c>
+      <c r="I97" s="176" t="s">
+        <v>97</v>
+      </c>
+      <c r="J97" s="176" t="s">
+        <v>98</v>
+      </c>
+      <c r="K97" s="177">
+        <v>0</v>
+      </c>
+      <c r="L97" s="178">
+        <v>143300</v>
+      </c>
+      <c r="M97" s="179"/>
+      <c r="N97" s="179"/>
+      <c r="O97" s="179"/>
+      <c r="P97" s="179">
+        <v>0</v>
+      </c>
+      <c r="Q97" s="282">
+        <v>50</v>
+      </c>
+      <c r="R97" s="283">
+        <v>7165000</v>
+      </c>
+    </row>
+    <row r="98" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="133"/>
+      <c r="B98" s="133"/>
+      <c r="C98" s="133"/>
+      <c r="D98" s="133"/>
+      <c r="E98" s="187"/>
+      <c r="F98" s="188"/>
+      <c r="G98" s="133"/>
+      <c r="H98" s="133"/>
+      <c r="I98" s="189" t="s">
+        <v>67</v>
+      </c>
+      <c r="J98" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K98" s="177">
+        <v>0</v>
+      </c>
+      <c r="L98" s="190">
+        <v>25000</v>
+      </c>
+      <c r="M98" s="191"/>
+      <c r="N98" s="191"/>
+      <c r="O98" s="191"/>
+      <c r="P98" s="191"/>
+      <c r="Q98" s="180"/>
+      <c r="R98" s="192">
+        <v>1250000</v>
+      </c>
+    </row>
+    <row r="99" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="133"/>
+      <c r="B99" s="133"/>
+      <c r="C99" s="133"/>
+      <c r="D99" s="133"/>
+      <c r="E99" s="187"/>
+      <c r="F99" s="188"/>
+      <c r="G99" s="133"/>
+      <c r="H99" s="133"/>
+      <c r="I99" s="189" t="s">
+        <v>29</v>
+      </c>
+      <c r="J99" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K99" s="177">
+        <v>0</v>
+      </c>
+      <c r="L99" s="190">
+        <v>1000</v>
+      </c>
+      <c r="M99" s="191"/>
+      <c r="N99" s="191"/>
+      <c r="O99" s="191"/>
+      <c r="P99" s="191"/>
+      <c r="Q99" s="180"/>
+      <c r="R99" s="192">
+        <v>50000</v>
+      </c>
+    </row>
+    <row r="100" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="133"/>
+      <c r="B100" s="133"/>
+      <c r="C100" s="133"/>
+      <c r="D100" s="133"/>
+      <c r="E100" s="187"/>
+      <c r="F100" s="188"/>
+      <c r="G100" s="133"/>
+      <c r="H100" s="133"/>
+      <c r="I100" s="189" t="s">
+        <v>28</v>
+      </c>
+      <c r="J100" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K100" s="177">
+        <v>0</v>
+      </c>
+      <c r="L100" s="190">
+        <v>800</v>
+      </c>
+      <c r="M100" s="191"/>
+      <c r="N100" s="191"/>
+      <c r="O100" s="191"/>
+      <c r="P100" s="191"/>
+      <c r="Q100" s="180"/>
+      <c r="R100" s="192">
+        <v>40000</v>
+      </c>
+    </row>
+    <row r="101" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A101" s="133"/>
+      <c r="B101" s="133"/>
+      <c r="C101" s="133"/>
+      <c r="D101" s="133"/>
+      <c r="E101" s="187"/>
+      <c r="F101" s="188"/>
+      <c r="G101" s="133"/>
+      <c r="H101" s="133"/>
+      <c r="I101" s="189" t="s">
+        <v>70</v>
+      </c>
+      <c r="J101" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K101" s="177">
+        <v>0</v>
+      </c>
+      <c r="L101" s="190">
+        <v>110000</v>
+      </c>
+      <c r="M101" s="191"/>
+      <c r="N101" s="191"/>
+      <c r="O101" s="191"/>
+      <c r="P101" s="191"/>
+      <c r="Q101" s="180"/>
+      <c r="R101" s="192">
+        <v>5500000</v>
+      </c>
+    </row>
+    <row r="102" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="133"/>
+      <c r="B102" s="133"/>
+      <c r="C102" s="133"/>
+      <c r="D102" s="133"/>
+      <c r="E102" s="187"/>
+      <c r="F102" s="188"/>
+      <c r="G102" s="133"/>
+      <c r="H102" s="133"/>
+      <c r="I102" s="189" t="s">
+        <v>30</v>
+      </c>
+      <c r="J102" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K102" s="177">
+        <v>0</v>
+      </c>
+      <c r="L102" s="190">
+        <v>4000</v>
+      </c>
+      <c r="M102" s="191"/>
+      <c r="N102" s="191"/>
+      <c r="O102" s="191"/>
+      <c r="P102" s="191"/>
+      <c r="Q102" s="180"/>
+      <c r="R102" s="192">
+        <v>200000</v>
+      </c>
+    </row>
+    <row r="103" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A103" s="138"/>
+      <c r="B103" s="138"/>
+      <c r="C103" s="138"/>
+      <c r="D103" s="138"/>
+      <c r="E103" s="197"/>
+      <c r="F103" s="198"/>
+      <c r="G103" s="138"/>
+      <c r="H103" s="138"/>
+      <c r="I103" s="284" t="s">
+        <v>31</v>
+      </c>
+      <c r="J103" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K103" s="177">
+        <v>0</v>
+      </c>
+      <c r="L103" s="190">
+        <v>2500</v>
+      </c>
+      <c r="M103" s="191"/>
+      <c r="N103" s="191"/>
+      <c r="O103" s="191"/>
+      <c r="P103" s="191"/>
+      <c r="Q103" s="180"/>
+      <c r="R103" s="192">
+        <v>125000</v>
+      </c>
+    </row>
+    <row r="104" spans="1:20" s="183" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="127" t="s">
+        <v>186</v>
+      </c>
+      <c r="B104" s="127" t="s">
+        <v>187</v>
+      </c>
+      <c r="C104" s="127" t="s">
+        <v>62</v>
+      </c>
+      <c r="D104" s="127" t="s">
+        <v>188</v>
+      </c>
+      <c r="E104" s="174" t="s">
+        <v>189</v>
+      </c>
+      <c r="F104" s="175"/>
+      <c r="G104" s="127" t="s">
+        <v>190</v>
+      </c>
+      <c r="H104" s="127" t="s">
+        <v>81</v>
+      </c>
+      <c r="I104" s="176" t="s">
+        <v>97</v>
+      </c>
+      <c r="J104" s="176" t="s">
+        <v>98</v>
+      </c>
+      <c r="K104" s="177">
+        <v>0</v>
+      </c>
+      <c r="L104" s="178">
+        <v>150000</v>
+      </c>
+      <c r="M104" s="179"/>
+      <c r="N104" s="179"/>
+      <c r="O104" s="179"/>
+      <c r="P104" s="179">
+        <v>0</v>
+      </c>
+      <c r="Q104" s="282">
+        <v>5</v>
+      </c>
+      <c r="R104" s="283">
+        <v>750000</v>
+      </c>
+    </row>
+    <row r="105" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="133"/>
+      <c r="B105" s="133"/>
+      <c r="C105" s="133"/>
+      <c r="D105" s="133"/>
+      <c r="E105" s="187"/>
+      <c r="F105" s="188"/>
+      <c r="G105" s="133"/>
+      <c r="H105" s="133"/>
+      <c r="I105" s="189" t="s">
+        <v>67</v>
+      </c>
+      <c r="J105" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K105" s="177">
+        <v>0</v>
+      </c>
+      <c r="L105" s="190">
+        <v>30000</v>
+      </c>
+      <c r="M105" s="191"/>
+      <c r="N105" s="191"/>
+      <c r="O105" s="191"/>
+      <c r="P105" s="191"/>
+      <c r="Q105" s="180"/>
+      <c r="R105" s="192">
+        <v>150000</v>
+      </c>
+    </row>
+    <row r="106" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="133"/>
+      <c r="B106" s="133"/>
+      <c r="C106" s="133"/>
+      <c r="D106" s="133"/>
+      <c r="E106" s="187"/>
+      <c r="F106" s="188"/>
+      <c r="G106" s="133"/>
+      <c r="H106" s="133"/>
+      <c r="I106" s="189" t="s">
+        <v>29</v>
+      </c>
+      <c r="J106" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K106" s="177">
+        <v>0</v>
+      </c>
+      <c r="L106" s="190">
+        <v>7000</v>
+      </c>
+      <c r="M106" s="191"/>
+      <c r="N106" s="191"/>
+      <c r="O106" s="191"/>
+      <c r="P106" s="191"/>
+      <c r="Q106" s="180"/>
+      <c r="R106" s="192">
+        <v>35000</v>
+      </c>
+    </row>
+    <row r="107" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="133"/>
+      <c r="B107" s="133"/>
+      <c r="C107" s="133"/>
+      <c r="D107" s="133"/>
+      <c r="E107" s="187"/>
+      <c r="F107" s="188"/>
+      <c r="G107" s="133"/>
+      <c r="H107" s="133"/>
+      <c r="I107" s="189" t="s">
+        <v>28</v>
+      </c>
+      <c r="J107" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K107" s="177">
+        <v>0</v>
+      </c>
+      <c r="L107" s="190">
+        <v>3000</v>
+      </c>
+      <c r="M107" s="191"/>
+      <c r="N107" s="191"/>
+      <c r="O107" s="191"/>
+      <c r="P107" s="191"/>
+      <c r="Q107" s="180"/>
+      <c r="R107" s="192">
+        <v>15000</v>
+      </c>
+    </row>
+    <row r="108" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="133"/>
+      <c r="B108" s="133"/>
+      <c r="C108" s="133"/>
+      <c r="D108" s="133"/>
+      <c r="E108" s="187"/>
+      <c r="F108" s="188"/>
+      <c r="G108" s="133"/>
+      <c r="H108" s="133"/>
+      <c r="I108" s="189" t="s">
+        <v>70</v>
+      </c>
+      <c r="J108" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K108" s="177">
+        <v>0</v>
+      </c>
+      <c r="L108" s="190">
+        <v>100000</v>
+      </c>
+      <c r="M108" s="191"/>
+      <c r="N108" s="191"/>
+      <c r="O108" s="191"/>
+      <c r="P108" s="191"/>
+      <c r="Q108" s="180"/>
+      <c r="R108" s="192">
+        <v>500000</v>
+      </c>
+    </row>
+    <row r="109" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="133"/>
+      <c r="B109" s="133"/>
+      <c r="C109" s="133"/>
+      <c r="D109" s="133"/>
+      <c r="E109" s="187"/>
+      <c r="F109" s="188"/>
+      <c r="G109" s="133"/>
+      <c r="H109" s="133"/>
+      <c r="I109" s="189" t="s">
+        <v>30</v>
+      </c>
+      <c r="J109" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K109" s="177">
+        <v>0</v>
+      </c>
+      <c r="L109" s="190">
+        <v>5000</v>
+      </c>
+      <c r="M109" s="191"/>
+      <c r="N109" s="191"/>
+      <c r="O109" s="191"/>
+      <c r="P109" s="191"/>
+      <c r="Q109" s="180"/>
+      <c r="R109" s="192">
+        <v>25000</v>
+      </c>
+    </row>
+    <row r="110" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="138"/>
+      <c r="B110" s="138"/>
+      <c r="C110" s="138"/>
+      <c r="D110" s="138"/>
+      <c r="E110" s="197"/>
+      <c r="F110" s="198"/>
+      <c r="G110" s="138"/>
+      <c r="H110" s="138"/>
+      <c r="I110" s="284" t="s">
+        <v>31</v>
+      </c>
+      <c r="J110" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K110" s="177">
+        <v>0</v>
+      </c>
+      <c r="L110" s="190">
+        <v>5000</v>
+      </c>
+      <c r="M110" s="191"/>
+      <c r="N110" s="191"/>
+      <c r="O110" s="191"/>
+      <c r="P110" s="191"/>
+      <c r="Q110" s="180"/>
+      <c r="R110" s="192">
+        <v>25000</v>
+      </c>
+    </row>
+    <row r="111" spans="1:20" s="183" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A111" s="127" t="s">
+        <v>191</v>
+      </c>
+      <c r="B111" s="127" t="s">
+        <v>192</v>
+      </c>
+      <c r="C111" s="127" t="s">
+        <v>24</v>
+      </c>
+      <c r="D111" s="127" t="s">
+        <v>193</v>
+      </c>
+      <c r="E111" s="174" t="s">
+        <v>194</v>
+      </c>
+      <c r="F111" s="175"/>
+      <c r="G111" s="127" t="s">
+        <v>195</v>
+      </c>
+      <c r="H111" s="127" t="s">
+        <v>81</v>
+      </c>
+      <c r="I111" s="176" t="s">
+        <v>97</v>
+      </c>
+      <c r="J111" s="176" t="s">
+        <v>98</v>
+      </c>
+      <c r="K111" s="177">
+        <v>119022</v>
+      </c>
+      <c r="L111" s="178">
+        <v>137450</v>
+      </c>
+      <c r="M111" s="179"/>
+      <c r="N111" s="179"/>
+      <c r="O111" s="179"/>
+      <c r="P111" s="179">
+        <v>0</v>
+      </c>
+      <c r="Q111" s="285">
+        <v>15</v>
+      </c>
+      <c r="R111" s="286">
+        <v>2061750</v>
+      </c>
+      <c r="S111" s="210"/>
+      <c r="T111" s="210"/>
+    </row>
+    <row r="112" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="133"/>
+      <c r="B112" s="133"/>
+      <c r="C112" s="133"/>
+      <c r="D112" s="133"/>
+      <c r="E112" s="187"/>
+      <c r="F112" s="188"/>
+      <c r="G112" s="133"/>
+      <c r="H112" s="133"/>
+      <c r="I112" s="189" t="s">
+        <v>67</v>
+      </c>
+      <c r="J112" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K112" s="177">
+        <v>62978</v>
+      </c>
+      <c r="L112" s="190">
+        <v>60000</v>
+      </c>
+      <c r="M112" s="191"/>
+      <c r="N112" s="191"/>
+      <c r="O112" s="191"/>
+      <c r="P112" s="191"/>
+      <c r="Q112" s="180"/>
+      <c r="R112" s="192">
+        <v>900000</v>
+      </c>
+    </row>
+    <row r="113" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A113" s="133"/>
+      <c r="B113" s="133"/>
+      <c r="C113" s="133"/>
+      <c r="D113" s="133"/>
+      <c r="E113" s="187"/>
+      <c r="F113" s="188"/>
+      <c r="G113" s="133"/>
+      <c r="H113" s="133"/>
+      <c r="I113" s="189" t="s">
+        <v>29</v>
+      </c>
+      <c r="J113" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K113" s="177">
+        <v>9128</v>
+      </c>
+      <c r="L113" s="190">
+        <v>10000</v>
+      </c>
+      <c r="M113" s="191"/>
+      <c r="N113" s="191"/>
+      <c r="O113" s="191"/>
+      <c r="P113" s="191"/>
+      <c r="Q113" s="180"/>
+      <c r="R113" s="192">
+        <v>150000</v>
+      </c>
+      <c r="U113" s="193"/>
+    </row>
+    <row r="114" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="133"/>
+      <c r="B114" s="133"/>
+      <c r="C114" s="133"/>
+      <c r="D114" s="133"/>
+      <c r="E114" s="187"/>
+      <c r="F114" s="188"/>
+      <c r="G114" s="133"/>
+      <c r="H114" s="133"/>
+      <c r="I114" s="189" t="s">
+        <v>28</v>
+      </c>
+      <c r="J114" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K114" s="177">
+        <v>2654</v>
+      </c>
+      <c r="L114" s="190">
+        <v>2250</v>
+      </c>
+      <c r="M114" s="191"/>
+      <c r="N114" s="191"/>
+      <c r="O114" s="191"/>
+      <c r="P114" s="191"/>
+      <c r="Q114" s="180"/>
+      <c r="R114" s="192">
+        <v>33750</v>
+      </c>
+    </row>
+    <row r="115" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A115" s="133"/>
+      <c r="B115" s="133"/>
+      <c r="C115" s="133"/>
+      <c r="D115" s="133"/>
+      <c r="E115" s="187"/>
+      <c r="F115" s="188"/>
+      <c r="G115" s="133"/>
+      <c r="H115" s="133"/>
+      <c r="I115" s="189" t="s">
+        <v>70</v>
+      </c>
+      <c r="J115" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K115" s="177">
+        <v>42795</v>
+      </c>
+      <c r="L115" s="190">
+        <v>60500</v>
+      </c>
+      <c r="M115" s="191"/>
+      <c r="N115" s="191"/>
+      <c r="O115" s="191"/>
+      <c r="P115" s="191"/>
+      <c r="Q115" s="180"/>
+      <c r="R115" s="192">
+        <v>907500</v>
+      </c>
+    </row>
+    <row r="116" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="133"/>
+      <c r="B116" s="133"/>
+      <c r="C116" s="133"/>
+      <c r="D116" s="133"/>
+      <c r="E116" s="187"/>
+      <c r="F116" s="188"/>
+      <c r="G116" s="133"/>
+      <c r="H116" s="133"/>
+      <c r="I116" s="189" t="s">
+        <v>30</v>
+      </c>
+      <c r="J116" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K116" s="177">
+        <v>808</v>
+      </c>
+      <c r="L116" s="190">
+        <v>4000</v>
+      </c>
+      <c r="M116" s="191"/>
+      <c r="N116" s="191"/>
+      <c r="O116" s="191"/>
+      <c r="P116" s="191"/>
+      <c r="Q116" s="180"/>
+      <c r="R116" s="192">
+        <v>60000</v>
+      </c>
+    </row>
+    <row r="117" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="138"/>
+      <c r="B117" s="138"/>
+      <c r="C117" s="138"/>
+      <c r="D117" s="138"/>
+      <c r="E117" s="197"/>
+      <c r="F117" s="198"/>
+      <c r="G117" s="138"/>
+      <c r="H117" s="138"/>
+      <c r="I117" s="284" t="s">
+        <v>31</v>
+      </c>
+      <c r="J117" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K117" s="177">
+        <v>659</v>
+      </c>
+      <c r="L117" s="190">
+        <v>700</v>
+      </c>
+      <c r="M117" s="191"/>
+      <c r="N117" s="191"/>
+      <c r="O117" s="191"/>
+      <c r="P117" s="191"/>
+      <c r="Q117" s="180"/>
+      <c r="R117" s="192">
+        <v>10500</v>
+      </c>
+    </row>
+    <row r="118" spans="1:21" s="183" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="127" t="s">
+        <v>196</v>
+      </c>
+      <c r="B118" s="127" t="s">
+        <v>197</v>
+      </c>
+      <c r="C118" s="127" t="s">
+        <v>198</v>
+      </c>
+      <c r="D118" s="127" t="s">
+        <v>199</v>
+      </c>
+      <c r="E118" s="174" t="s">
+        <v>200</v>
+      </c>
+      <c r="F118" s="175"/>
+      <c r="G118" s="127" t="s">
+        <v>201</v>
+      </c>
+      <c r="H118" s="127" t="s">
+        <v>81</v>
+      </c>
+      <c r="I118" s="176" t="s">
+        <v>97</v>
+      </c>
+      <c r="J118" s="176" t="s">
+        <v>98</v>
+      </c>
+      <c r="K118" s="177">
+        <v>0</v>
+      </c>
+      <c r="L118" s="178">
+        <v>50000</v>
+      </c>
+      <c r="M118" s="179"/>
+      <c r="N118" s="179"/>
+      <c r="O118" s="179"/>
+      <c r="P118" s="179">
+        <v>0</v>
+      </c>
+      <c r="Q118" s="282">
+        <v>10</v>
+      </c>
+      <c r="R118" s="283">
+        <v>500000</v>
+      </c>
+    </row>
+    <row r="119" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A119" s="133"/>
+      <c r="B119" s="133"/>
+      <c r="C119" s="133"/>
+      <c r="D119" s="133"/>
+      <c r="E119" s="187"/>
+      <c r="F119" s="188"/>
+      <c r="G119" s="133"/>
+      <c r="H119" s="133"/>
+      <c r="I119" s="189" t="s">
+        <v>67</v>
+      </c>
+      <c r="J119" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K119" s="177">
+        <v>0</v>
+      </c>
+      <c r="L119" s="190">
+        <v>27000</v>
+      </c>
+      <c r="M119" s="191"/>
+      <c r="N119" s="191"/>
+      <c r="O119" s="191"/>
+      <c r="P119" s="191"/>
+      <c r="Q119" s="180"/>
+      <c r="R119" s="192">
+        <v>270000</v>
+      </c>
+    </row>
+    <row r="120" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="133"/>
+      <c r="B120" s="133"/>
+      <c r="C120" s="133"/>
+      <c r="D120" s="133"/>
+      <c r="E120" s="187"/>
+      <c r="F120" s="188"/>
+      <c r="G120" s="133"/>
+      <c r="H120" s="133"/>
+      <c r="I120" s="189" t="s">
+        <v>29</v>
+      </c>
+      <c r="J120" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K120" s="177">
+        <v>0</v>
+      </c>
+      <c r="L120" s="190">
+        <v>2000</v>
+      </c>
+      <c r="M120" s="191"/>
+      <c r="N120" s="191"/>
+      <c r="O120" s="191"/>
+      <c r="P120" s="191"/>
+      <c r="Q120" s="180"/>
+      <c r="R120" s="192">
+        <v>20000</v>
+      </c>
+    </row>
+    <row r="121" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="133"/>
+      <c r="B121" s="133"/>
+      <c r="C121" s="133"/>
+      <c r="D121" s="133"/>
+      <c r="E121" s="187"/>
+      <c r="F121" s="188"/>
+      <c r="G121" s="133"/>
+      <c r="H121" s="133"/>
+      <c r="I121" s="189" t="s">
+        <v>28</v>
+      </c>
+      <c r="J121" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K121" s="177">
+        <v>0</v>
+      </c>
+      <c r="L121" s="190">
+        <v>500</v>
+      </c>
+      <c r="M121" s="191"/>
+      <c r="N121" s="191"/>
+      <c r="O121" s="191"/>
+      <c r="P121" s="191"/>
+      <c r="Q121" s="180"/>
+      <c r="R121" s="192">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="122" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="133"/>
+      <c r="B122" s="133"/>
+      <c r="C122" s="133"/>
+      <c r="D122" s="133"/>
+      <c r="E122" s="187"/>
+      <c r="F122" s="188"/>
+      <c r="G122" s="133"/>
+      <c r="H122" s="133"/>
+      <c r="I122" s="189" t="s">
+        <v>70</v>
+      </c>
+      <c r="J122" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K122" s="177">
+        <v>0</v>
+      </c>
+      <c r="L122" s="190">
+        <v>20000</v>
+      </c>
+      <c r="M122" s="191"/>
+      <c r="N122" s="191"/>
+      <c r="O122" s="191"/>
+      <c r="P122" s="191"/>
+      <c r="Q122" s="180"/>
+      <c r="R122" s="192">
+        <v>200000</v>
+      </c>
+    </row>
+    <row r="123" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A123" s="133"/>
+      <c r="B123" s="133"/>
+      <c r="C123" s="133"/>
+      <c r="D123" s="133"/>
+      <c r="E123" s="187"/>
+      <c r="F123" s="188"/>
+      <c r="G123" s="133"/>
+      <c r="H123" s="133"/>
+      <c r="I123" s="189" t="s">
+        <v>30</v>
+      </c>
+      <c r="J123" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K123" s="177">
+        <v>0</v>
+      </c>
+      <c r="L123" s="190">
+        <v>500</v>
+      </c>
+      <c r="M123" s="191"/>
+      <c r="N123" s="191"/>
+      <c r="O123" s="191"/>
+      <c r="P123" s="191"/>
+      <c r="Q123" s="180"/>
+      <c r="R123" s="192">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="124" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="138"/>
+      <c r="B124" s="138"/>
+      <c r="C124" s="138"/>
+      <c r="D124" s="138"/>
+      <c r="E124" s="197"/>
+      <c r="F124" s="198"/>
+      <c r="G124" s="138"/>
+      <c r="H124" s="138"/>
+      <c r="I124" s="284" t="s">
+        <v>31</v>
+      </c>
+      <c r="J124" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K124" s="177">
+        <v>0</v>
+      </c>
+      <c r="L124" s="190"/>
+      <c r="M124" s="191"/>
+      <c r="N124" s="191"/>
+      <c r="O124" s="191"/>
+      <c r="P124" s="191"/>
+      <c r="Q124" s="180"/>
+      <c r="R124" s="192">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="125" spans="1:21" s="183" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="127" t="s">
+        <v>202</v>
+      </c>
+      <c r="B125" s="127" t="s">
+        <v>203</v>
+      </c>
+      <c r="C125" s="127" t="s">
+        <v>62</v>
+      </c>
+      <c r="D125" s="127" t="s">
+        <v>183</v>
+      </c>
+      <c r="E125" s="174" t="s">
+        <v>204</v>
+      </c>
+      <c r="F125" s="175"/>
+      <c r="G125" s="127" t="s">
+        <v>185</v>
+      </c>
+      <c r="H125" s="127" t="s">
+        <v>81</v>
+      </c>
+      <c r="I125" s="176" t="s">
+        <v>97</v>
+      </c>
+      <c r="J125" s="176" t="s">
+        <v>98</v>
+      </c>
+      <c r="K125" s="177">
+        <v>0</v>
+      </c>
+      <c r="L125" s="178">
+        <v>80000</v>
+      </c>
+      <c r="M125" s="179"/>
+      <c r="N125" s="179"/>
+      <c r="O125" s="179"/>
+      <c r="P125" s="179">
+        <v>0</v>
+      </c>
+      <c r="Q125" s="282">
+        <v>30</v>
+      </c>
+      <c r="R125" s="287">
+        <v>2400000</v>
+      </c>
+    </row>
+    <row r="126" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A126" s="133"/>
+      <c r="B126" s="133"/>
+      <c r="C126" s="133"/>
+      <c r="D126" s="133"/>
+      <c r="E126" s="187"/>
+      <c r="F126" s="188"/>
+      <c r="G126" s="133"/>
+      <c r="H126" s="133"/>
+      <c r="I126" s="189" t="s">
+        <v>67</v>
+      </c>
+      <c r="J126" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K126" s="177">
+        <v>0</v>
+      </c>
+      <c r="L126" s="190">
+        <v>15500</v>
+      </c>
+      <c r="M126" s="191"/>
+      <c r="N126" s="191"/>
+      <c r="O126" s="191"/>
+      <c r="P126" s="191"/>
+      <c r="Q126" s="180"/>
+      <c r="R126" s="288"/>
+    </row>
+    <row r="127" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="133"/>
+      <c r="B127" s="133"/>
+      <c r="C127" s="133"/>
+      <c r="D127" s="133"/>
+      <c r="E127" s="187"/>
+      <c r="F127" s="188"/>
+      <c r="G127" s="133"/>
+      <c r="H127" s="133"/>
+      <c r="I127" s="189" t="s">
+        <v>29</v>
+      </c>
+      <c r="J127" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K127" s="177">
+        <v>0</v>
+      </c>
+      <c r="L127" s="190">
+        <v>1000</v>
+      </c>
+      <c r="M127" s="191"/>
+      <c r="N127" s="191"/>
+      <c r="O127" s="191"/>
+      <c r="P127" s="191"/>
+      <c r="Q127" s="180"/>
+      <c r="R127" s="288"/>
+    </row>
+    <row r="128" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A128" s="133"/>
+      <c r="B128" s="133"/>
+      <c r="C128" s="133"/>
+      <c r="D128" s="133"/>
+      <c r="E128" s="187"/>
+      <c r="F128" s="188"/>
+      <c r="G128" s="133"/>
+      <c r="H128" s="133"/>
+      <c r="I128" s="189" t="s">
+        <v>28</v>
+      </c>
+      <c r="J128" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K128" s="177">
+        <v>0</v>
+      </c>
+      <c r="L128" s="190">
+        <v>500</v>
+      </c>
+      <c r="M128" s="191"/>
+      <c r="N128" s="191"/>
+      <c r="O128" s="191"/>
+      <c r="P128" s="191"/>
+      <c r="Q128" s="180"/>
+      <c r="R128" s="288"/>
+    </row>
+    <row r="129" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="133"/>
+      <c r="B129" s="133"/>
+      <c r="C129" s="133"/>
+      <c r="D129" s="133"/>
+      <c r="E129" s="187"/>
+      <c r="F129" s="188"/>
+      <c r="G129" s="133"/>
+      <c r="H129" s="133"/>
+      <c r="I129" s="189" t="s">
+        <v>70</v>
+      </c>
+      <c r="J129" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K129" s="177">
+        <v>0</v>
+      </c>
+      <c r="L129" s="190">
+        <v>60000</v>
+      </c>
+      <c r="M129" s="191"/>
+      <c r="N129" s="191"/>
+      <c r="O129" s="191"/>
+      <c r="P129" s="191"/>
+      <c r="Q129" s="180"/>
+      <c r="R129" s="288"/>
+    </row>
+    <row r="130" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="133"/>
+      <c r="B130" s="133"/>
+      <c r="C130" s="133"/>
+      <c r="D130" s="133"/>
+      <c r="E130" s="187"/>
+      <c r="F130" s="188"/>
+      <c r="G130" s="133"/>
+      <c r="H130" s="133"/>
+      <c r="I130" s="189" t="s">
+        <v>30</v>
+      </c>
+      <c r="J130" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K130" s="177">
+        <v>0</v>
+      </c>
+      <c r="L130" s="190">
+        <v>1000</v>
+      </c>
+      <c r="M130" s="191"/>
+      <c r="N130" s="191"/>
+      <c r="O130" s="191"/>
+      <c r="P130" s="191"/>
+      <c r="Q130" s="180"/>
+      <c r="R130" s="288"/>
+    </row>
+    <row r="131" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="138"/>
+      <c r="B131" s="138"/>
+      <c r="C131" s="138"/>
+      <c r="D131" s="138"/>
+      <c r="E131" s="197"/>
+      <c r="F131" s="198"/>
+      <c r="G131" s="138"/>
+      <c r="H131" s="138"/>
+      <c r="I131" s="284" t="s">
+        <v>31</v>
+      </c>
+      <c r="J131" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K131" s="177">
+        <v>0</v>
+      </c>
+      <c r="L131" s="190">
+        <v>2000</v>
+      </c>
+      <c r="M131" s="191"/>
+      <c r="N131" s="191"/>
+      <c r="O131" s="191"/>
+      <c r="P131" s="191"/>
+      <c r="Q131" s="180"/>
+      <c r="R131" s="288"/>
+    </row>
+    <row r="132" spans="1:20" s="183" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="127" t="s">
+        <v>205</v>
+      </c>
+      <c r="B132" s="127" t="s">
+        <v>206</v>
+      </c>
+      <c r="C132" s="127" t="s">
+        <v>23</v>
+      </c>
+      <c r="D132" s="127" t="s">
+        <v>207</v>
+      </c>
+      <c r="E132" s="174" t="s">
+        <v>208</v>
+      </c>
+      <c r="F132" s="175"/>
+      <c r="G132" s="127" t="s">
+        <v>209</v>
+      </c>
+      <c r="H132" s="127" t="s">
+        <v>81</v>
+      </c>
+      <c r="I132" s="176" t="s">
+        <v>97</v>
+      </c>
+      <c r="J132" s="176" t="s">
+        <v>98</v>
+      </c>
+      <c r="K132" s="177">
+        <v>156145</v>
+      </c>
+      <c r="L132" s="178">
+        <v>110000</v>
+      </c>
+      <c r="M132" s="179"/>
+      <c r="N132" s="179"/>
+      <c r="O132" s="179"/>
+      <c r="P132" s="179">
+        <v>0</v>
+      </c>
+      <c r="Q132" s="282">
+        <v>35</v>
+      </c>
+      <c r="R132" s="287">
+        <v>3850000</v>
+      </c>
+    </row>
+    <row r="133" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="133"/>
+      <c r="B133" s="133"/>
+      <c r="C133" s="133"/>
+      <c r="D133" s="133"/>
+      <c r="E133" s="187"/>
+      <c r="F133" s="188"/>
+      <c r="G133" s="133"/>
+      <c r="H133" s="133"/>
+      <c r="I133" s="189" t="s">
+        <v>67</v>
+      </c>
+      <c r="J133" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K133" s="177">
+        <v>88456</v>
+      </c>
+      <c r="L133" s="190">
+        <v>62000</v>
+      </c>
+      <c r="M133" s="191"/>
+      <c r="N133" s="191"/>
+      <c r="O133" s="191"/>
+      <c r="P133" s="191"/>
+      <c r="Q133" s="180"/>
+      <c r="R133" s="288"/>
+    </row>
+    <row r="134" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A134" s="133"/>
+      <c r="B134" s="133"/>
+      <c r="C134" s="133"/>
+      <c r="D134" s="133"/>
+      <c r="E134" s="187"/>
+      <c r="F134" s="188"/>
+      <c r="G134" s="133"/>
+      <c r="H134" s="133"/>
+      <c r="I134" s="189" t="s">
+        <v>29</v>
+      </c>
+      <c r="J134" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K134" s="177">
+        <v>7396</v>
+      </c>
+      <c r="L134" s="190">
+        <v>4500</v>
+      </c>
+      <c r="M134" s="191"/>
+      <c r="N134" s="191"/>
+      <c r="O134" s="191"/>
+      <c r="P134" s="191"/>
+      <c r="Q134" s="180"/>
+      <c r="R134" s="288"/>
+    </row>
+    <row r="135" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="133"/>
+      <c r="B135" s="133"/>
+      <c r="C135" s="133"/>
+      <c r="D135" s="133"/>
+      <c r="E135" s="187"/>
+      <c r="F135" s="188"/>
+      <c r="G135" s="133"/>
+      <c r="H135" s="133"/>
+      <c r="I135" s="189" t="s">
+        <v>28</v>
+      </c>
+      <c r="J135" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K135" s="177">
+        <v>19343</v>
+      </c>
+      <c r="L135" s="190">
+        <v>900</v>
+      </c>
+      <c r="M135" s="191"/>
+      <c r="N135" s="191"/>
+      <c r="O135" s="191"/>
+      <c r="P135" s="191"/>
+      <c r="Q135" s="180"/>
+      <c r="R135" s="288"/>
+    </row>
+    <row r="136" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="133"/>
+      <c r="B136" s="133"/>
+      <c r="C136" s="133"/>
+      <c r="D136" s="133"/>
+      <c r="E136" s="187"/>
+      <c r="F136" s="188"/>
+      <c r="G136" s="133"/>
+      <c r="H136" s="133"/>
+      <c r="I136" s="189" t="s">
+        <v>70</v>
+      </c>
+      <c r="J136" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K136" s="177">
+        <v>59919</v>
+      </c>
+      <c r="L136" s="190">
+        <v>42000</v>
+      </c>
+      <c r="M136" s="191"/>
+      <c r="N136" s="191"/>
+      <c r="O136" s="191"/>
+      <c r="P136" s="191"/>
+      <c r="Q136" s="180"/>
+      <c r="R136" s="288"/>
+    </row>
+    <row r="137" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="133"/>
+      <c r="B137" s="133"/>
+      <c r="C137" s="133"/>
+      <c r="D137" s="133"/>
+      <c r="E137" s="187"/>
+      <c r="F137" s="188"/>
+      <c r="G137" s="133"/>
+      <c r="H137" s="133"/>
+      <c r="I137" s="189" t="s">
+        <v>30</v>
+      </c>
+      <c r="J137" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K137" s="177">
+        <v>726</v>
+      </c>
+      <c r="L137" s="190">
+        <v>600</v>
+      </c>
+      <c r="M137" s="191"/>
+      <c r="N137" s="191"/>
+      <c r="O137" s="191"/>
+      <c r="P137" s="191"/>
+      <c r="Q137" s="180"/>
+      <c r="R137" s="288"/>
+    </row>
+    <row r="138" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="138"/>
+      <c r="B138" s="138"/>
+      <c r="C138" s="138"/>
+      <c r="D138" s="138"/>
+      <c r="E138" s="197"/>
+      <c r="F138" s="198"/>
+      <c r="G138" s="138"/>
+      <c r="H138" s="138"/>
+      <c r="I138" s="284" t="s">
+        <v>31</v>
+      </c>
+      <c r="J138" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K138" s="177">
+        <v>133</v>
+      </c>
+      <c r="L138" s="190"/>
+      <c r="M138" s="191"/>
+      <c r="N138" s="191"/>
+      <c r="O138" s="191"/>
+      <c r="P138" s="191"/>
+      <c r="Q138" s="180"/>
+      <c r="R138" s="288"/>
+    </row>
+    <row r="139" spans="1:20" ht="54" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="203" t="s">
+        <v>210</v>
+      </c>
+      <c r="B139" s="203" t="s">
+        <v>211</v>
+      </c>
+      <c r="C139" s="230" t="s">
+        <v>24</v>
+      </c>
+      <c r="D139" s="289" t="s">
+        <v>212</v>
+      </c>
+      <c r="E139" s="290" t="s">
+        <v>213</v>
+      </c>
+      <c r="F139" s="291"/>
+      <c r="G139" s="289" t="s">
+        <v>179</v>
+      </c>
+      <c r="H139" s="131" t="s">
+        <v>214</v>
+      </c>
+      <c r="I139" s="284" t="s">
+        <v>215</v>
+      </c>
+      <c r="J139" s="189" t="s">
+        <v>179</v>
+      </c>
+      <c r="K139" s="177">
+        <v>0</v>
+      </c>
+      <c r="L139" s="190">
+        <v>50</v>
+      </c>
+      <c r="M139" s="191"/>
+      <c r="N139" s="191"/>
+      <c r="O139" s="191"/>
+      <c r="P139" s="191"/>
+      <c r="Q139" s="208">
+        <v>15000</v>
+      </c>
+      <c r="R139" s="292">
+        <v>750000</v>
+      </c>
+      <c r="S139" s="278"/>
+      <c r="T139" s="278"/>
+    </row>
+    <row r="140" spans="1:20" ht="54" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A140" s="230" t="s">
+        <v>216</v>
+      </c>
+      <c r="B140" s="230" t="s">
+        <v>217</v>
+      </c>
+      <c r="C140" s="230" t="s">
+        <v>62</v>
+      </c>
+      <c r="D140" s="293" t="s">
+        <v>218</v>
+      </c>
+      <c r="E140" s="290" t="s">
+        <v>219</v>
+      </c>
+      <c r="F140" s="291"/>
+      <c r="G140" s="293" t="s">
+        <v>220</v>
+      </c>
+      <c r="H140" s="276" t="s">
+        <v>214</v>
+      </c>
+      <c r="I140" s="294" t="s">
+        <v>221</v>
+      </c>
+      <c r="J140" s="295" t="s">
+        <v>98</v>
+      </c>
+      <c r="K140" s="242">
+        <v>0</v>
+      </c>
+      <c r="L140" s="296">
+        <v>40</v>
+      </c>
+      <c r="M140" s="247"/>
+      <c r="N140" s="247"/>
+      <c r="O140" s="247"/>
+      <c r="P140" s="247"/>
+      <c r="Q140" s="297">
+        <v>15000</v>
+      </c>
+      <c r="R140" s="298">
+        <v>600000</v>
+      </c>
+      <c r="S140" s="278"/>
+      <c r="T140" s="278"/>
+    </row>
+    <row r="141" spans="1:20" ht="94.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="252" t="s">
+        <v>222</v>
+      </c>
+      <c r="B141" s="252" t="s">
+        <v>176</v>
+      </c>
+      <c r="C141" s="230" t="s">
+        <v>24</v>
+      </c>
+      <c r="D141" s="203" t="s">
+        <v>177</v>
+      </c>
+      <c r="E141" s="204" t="s">
+        <v>223</v>
+      </c>
+      <c r="F141" s="205"/>
+      <c r="G141" s="203" t="s">
+        <v>179</v>
+      </c>
+      <c r="H141" s="203" t="s">
+        <v>180</v>
+      </c>
+      <c r="I141" s="131" t="s">
+        <v>69</v>
+      </c>
+      <c r="J141" s="131" t="s">
+        <v>179</v>
+      </c>
+      <c r="K141" s="299"/>
+      <c r="L141" s="300">
+        <v>5</v>
+      </c>
+      <c r="M141" s="254"/>
+      <c r="N141" s="254"/>
+      <c r="O141" s="254"/>
+      <c r="P141" s="254"/>
+      <c r="Q141" s="301">
+        <v>15000</v>
+      </c>
+      <c r="R141" s="302">
+        <v>75000</v>
+      </c>
+      <c r="S141" s="278"/>
+      <c r="T141" s="278"/>
+    </row>
+    <row r="142" spans="1:20" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="149"/>
+      <c r="B142" s="150"/>
+      <c r="C142" s="150"/>
+      <c r="D142" s="153"/>
+      <c r="E142" s="153"/>
+      <c r="F142" s="153"/>
+      <c r="G142" s="153"/>
+      <c r="H142" s="153"/>
+      <c r="I142" s="153"/>
+      <c r="J142" s="153"/>
+      <c r="K142" s="154"/>
+      <c r="L142" s="154"/>
+      <c r="M142" s="154"/>
+      <c r="N142" s="154"/>
+      <c r="O142" s="154"/>
+      <c r="P142" s="154"/>
+      <c r="Q142" s="155"/>
+    </row>
+    <row r="143" spans="1:20" ht="26.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="211" t="s">
+        <v>224</v>
+      </c>
+      <c r="B143" s="212"/>
+      <c r="C143" s="212"/>
+      <c r="D143" s="212"/>
+      <c r="E143" s="212"/>
+      <c r="F143" s="212"/>
+      <c r="G143" s="212"/>
+      <c r="H143" s="212"/>
+      <c r="I143" s="212"/>
+      <c r="J143" s="212"/>
+      <c r="K143" s="213"/>
+      <c r="L143" s="303" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="144" spans="1:20" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A144" s="219" t="s">
+        <v>225</v>
+      </c>
+      <c r="B144" s="220"/>
+      <c r="C144" s="220"/>
+      <c r="D144" s="220"/>
+      <c r="E144" s="220"/>
+      <c r="F144" s="220"/>
+      <c r="G144" s="220"/>
+      <c r="H144" s="220"/>
+      <c r="I144" s="220"/>
+      <c r="J144" s="220"/>
+      <c r="K144" s="221"/>
+      <c r="L144" s="304" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="145" spans="1:18" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A145" s="219" t="s">
+        <v>227</v>
+      </c>
+      <c r="B145" s="220"/>
+      <c r="C145" s="220"/>
+      <c r="D145" s="220"/>
+      <c r="E145" s="220"/>
+      <c r="F145" s="220"/>
+      <c r="G145" s="220"/>
+      <c r="H145" s="220"/>
+      <c r="I145" s="220"/>
+      <c r="J145" s="220"/>
+      <c r="K145" s="221"/>
+      <c r="L145" s="218" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="146" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A146" s="219" t="s">
+        <v>229</v>
+      </c>
+      <c r="B146" s="220"/>
+      <c r="C146" s="220"/>
+      <c r="D146" s="220"/>
+      <c r="E146" s="220"/>
+      <c r="F146" s="220"/>
+      <c r="G146" s="220"/>
+      <c r="H146" s="220"/>
+      <c r="I146" s="220"/>
+      <c r="J146" s="220"/>
+      <c r="K146" s="221"/>
+      <c r="L146" s="218" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="147" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="219" t="s">
+        <v>231</v>
+      </c>
+      <c r="B147" s="220"/>
+      <c r="C147" s="220"/>
+      <c r="D147" s="220"/>
+      <c r="E147" s="220"/>
+      <c r="F147" s="220"/>
+      <c r="G147" s="220"/>
+      <c r="H147" s="220"/>
+      <c r="I147" s="220"/>
+      <c r="J147" s="220"/>
+      <c r="K147" s="221"/>
+      <c r="L147" s="218" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="148" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A148" s="219" t="s">
+        <v>233</v>
+      </c>
+      <c r="B148" s="220"/>
+      <c r="C148" s="220"/>
+      <c r="D148" s="220"/>
+      <c r="E148" s="220"/>
+      <c r="F148" s="220"/>
+      <c r="G148" s="220"/>
+      <c r="H148" s="220"/>
+      <c r="I148" s="220"/>
+      <c r="J148" s="220"/>
+      <c r="K148" s="221"/>
+      <c r="L148" s="218" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="149" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="219" t="s">
+        <v>235</v>
+      </c>
+      <c r="B149" s="220"/>
+      <c r="C149" s="220"/>
+      <c r="D149" s="220"/>
+      <c r="E149" s="220"/>
+      <c r="F149" s="220"/>
+      <c r="G149" s="220"/>
+      <c r="H149" s="220"/>
+      <c r="I149" s="220"/>
+      <c r="J149" s="220"/>
+      <c r="K149" s="221"/>
+      <c r="L149" s="218" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="150" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A150" s="219" t="s">
+        <v>237</v>
+      </c>
+      <c r="B150" s="220"/>
+      <c r="C150" s="220"/>
+      <c r="D150" s="220"/>
+      <c r="E150" s="220"/>
+      <c r="F150" s="220"/>
+      <c r="G150" s="220"/>
+      <c r="H150" s="220"/>
+      <c r="I150" s="220"/>
+      <c r="J150" s="220"/>
+      <c r="K150" s="221"/>
+      <c r="L150" s="218" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="151" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B151" s="117"/>
+      <c r="C151" s="117"/>
+      <c r="D151" s="117"/>
+      <c r="E151" s="117"/>
+      <c r="F151" s="117"/>
+      <c r="G151" s="117"/>
+      <c r="H151" s="117"/>
+      <c r="I151" s="117"/>
+      <c r="J151" s="117"/>
+      <c r="K151" s="117"/>
+    </row>
+    <row r="152" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A152" s="156" t="s">
+        <v>41</v>
+      </c>
+      <c r="B152" s="157"/>
+      <c r="C152" s="157"/>
+      <c r="D152" s="157"/>
+      <c r="E152" s="157"/>
+      <c r="F152" s="157"/>
+      <c r="G152" s="157"/>
+      <c r="H152" s="157"/>
+      <c r="I152" s="157"/>
+      <c r="J152" s="157"/>
+      <c r="K152" s="158"/>
+      <c r="L152" s="159">
+        <v>2026</v>
+      </c>
+      <c r="M152" s="160"/>
+      <c r="N152" s="160"/>
+      <c r="O152" s="160"/>
+      <c r="P152" s="161"/>
+    </row>
+    <row r="153" spans="1:18" s="117" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A153" s="162" t="s">
+        <v>49</v>
+      </c>
+      <c r="B153" s="163" t="s">
+        <v>50</v>
+      </c>
+      <c r="C153" s="163" t="s">
+        <v>51</v>
+      </c>
+      <c r="D153" s="163" t="s">
+        <v>84</v>
+      </c>
+      <c r="E153" s="164" t="s">
+        <v>85</v>
+      </c>
+      <c r="F153" s="165"/>
+      <c r="G153" s="163" t="s">
+        <v>54</v>
+      </c>
+      <c r="H153" s="166" t="s">
+        <v>55</v>
+      </c>
+      <c r="I153" s="167" t="s">
+        <v>56</v>
+      </c>
+      <c r="J153" s="167" t="s">
+        <v>57</v>
+      </c>
+      <c r="K153" s="168" t="s">
+        <v>58</v>
+      </c>
+      <c r="L153" s="169" t="s">
+        <v>59</v>
+      </c>
+      <c r="M153" s="170" t="s">
+        <v>86</v>
+      </c>
+      <c r="N153" s="170" t="s">
+        <v>87</v>
+      </c>
+      <c r="O153" s="170" t="s">
+        <v>88</v>
+      </c>
+      <c r="P153" s="170" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q153" s="170" t="s">
+        <v>90</v>
+      </c>
+      <c r="R153" s="170" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="154" spans="1:18" s="183" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="127" t="s">
+        <v>239</v>
+      </c>
+      <c r="B154" s="127" t="s">
+        <v>240</v>
+      </c>
+      <c r="C154" s="127" t="s">
+        <v>198</v>
+      </c>
+      <c r="D154" s="127" t="s">
+        <v>207</v>
+      </c>
+      <c r="E154" s="174" t="s">
+        <v>241</v>
+      </c>
+      <c r="F154" s="175"/>
+      <c r="G154" s="127" t="s">
+        <v>209</v>
+      </c>
+      <c r="H154" s="127" t="s">
+        <v>81</v>
+      </c>
+      <c r="I154" s="176" t="s">
+        <v>97</v>
+      </c>
+      <c r="J154" s="176" t="s">
+        <v>98</v>
+      </c>
+      <c r="K154" s="177">
+        <v>16151</v>
+      </c>
+      <c r="L154" s="178">
+        <v>68900</v>
+      </c>
+      <c r="M154" s="179"/>
+      <c r="N154" s="179"/>
+      <c r="O154" s="179"/>
+      <c r="P154" s="179">
+        <v>0</v>
+      </c>
+      <c r="Q154" s="282">
+        <v>35</v>
+      </c>
+      <c r="R154" s="287">
+        <v>2411500</v>
+      </c>
+    </row>
+    <row r="155" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A155" s="133"/>
+      <c r="B155" s="133"/>
+      <c r="C155" s="133"/>
+      <c r="D155" s="133"/>
+      <c r="E155" s="187"/>
+      <c r="F155" s="188"/>
+      <c r="G155" s="133"/>
+      <c r="H155" s="133"/>
+      <c r="I155" s="189" t="s">
+        <v>67</v>
+      </c>
+      <c r="J155" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K155" s="177">
+        <v>4359</v>
+      </c>
+      <c r="L155" s="190">
+        <v>39000</v>
+      </c>
+      <c r="M155" s="191"/>
+      <c r="N155" s="191"/>
+      <c r="O155" s="191"/>
+      <c r="P155" s="191"/>
+      <c r="Q155" s="180"/>
+      <c r="R155" s="288"/>
+    </row>
+    <row r="156" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="133"/>
+      <c r="B156" s="133"/>
+      <c r="C156" s="133"/>
+      <c r="D156" s="133"/>
+      <c r="E156" s="187"/>
+      <c r="F156" s="188"/>
+      <c r="G156" s="133"/>
+      <c r="H156" s="133"/>
+      <c r="I156" s="189" t="s">
+        <v>29</v>
+      </c>
+      <c r="J156" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K156" s="177">
+        <v>4246</v>
+      </c>
+      <c r="L156" s="190">
+        <v>2800</v>
+      </c>
+      <c r="M156" s="191"/>
+      <c r="N156" s="191"/>
+      <c r="O156" s="191"/>
+      <c r="P156" s="191"/>
+      <c r="Q156" s="180"/>
+      <c r="R156" s="288"/>
+    </row>
+    <row r="157" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="133"/>
+      <c r="B157" s="133"/>
+      <c r="C157" s="133"/>
+      <c r="D157" s="133"/>
+      <c r="E157" s="187"/>
+      <c r="F157" s="188"/>
+      <c r="G157" s="133"/>
+      <c r="H157" s="133"/>
+      <c r="I157" s="189" t="s">
+        <v>28</v>
+      </c>
+      <c r="J157" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K157" s="177">
+        <v>468</v>
+      </c>
+      <c r="L157" s="190">
+        <v>300</v>
+      </c>
+      <c r="M157" s="191"/>
+      <c r="N157" s="191"/>
+      <c r="O157" s="191"/>
+      <c r="P157" s="191"/>
+      <c r="Q157" s="180"/>
+      <c r="R157" s="288"/>
+    </row>
+    <row r="158" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A158" s="133"/>
+      <c r="B158" s="133"/>
+      <c r="C158" s="133"/>
+      <c r="D158" s="133"/>
+      <c r="E158" s="187"/>
+      <c r="F158" s="188"/>
+      <c r="G158" s="133"/>
+      <c r="H158" s="133"/>
+      <c r="I158" s="189" t="s">
+        <v>70</v>
+      </c>
+      <c r="J158" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K158" s="177">
+        <v>6999</v>
+      </c>
+      <c r="L158" s="190">
+        <v>26500</v>
+      </c>
+      <c r="M158" s="191"/>
+      <c r="N158" s="191"/>
+      <c r="O158" s="191"/>
+      <c r="P158" s="191"/>
+      <c r="Q158" s="180"/>
+      <c r="R158" s="288"/>
+    </row>
+    <row r="159" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="133"/>
+      <c r="B159" s="133"/>
+      <c r="C159" s="133"/>
+      <c r="D159" s="133"/>
+      <c r="E159" s="187"/>
+      <c r="F159" s="188"/>
+      <c r="G159" s="133"/>
+      <c r="H159" s="133"/>
+      <c r="I159" s="189" t="s">
+        <v>30</v>
+      </c>
+      <c r="J159" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K159" s="177">
+        <v>23</v>
+      </c>
+      <c r="L159" s="190">
+        <v>300</v>
+      </c>
+      <c r="M159" s="191"/>
+      <c r="N159" s="191"/>
+      <c r="O159" s="191"/>
+      <c r="P159" s="191"/>
+      <c r="Q159" s="180"/>
+      <c r="R159" s="288"/>
+    </row>
+    <row r="160" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="138"/>
+      <c r="B160" s="138"/>
+      <c r="C160" s="138"/>
+      <c r="D160" s="138"/>
+      <c r="E160" s="197"/>
+      <c r="F160" s="198"/>
+      <c r="G160" s="138"/>
+      <c r="H160" s="138"/>
+      <c r="I160" s="284" t="s">
+        <v>31</v>
+      </c>
+      <c r="J160" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K160" s="177">
+        <v>56</v>
+      </c>
+      <c r="L160" s="190"/>
+      <c r="M160" s="191"/>
+      <c r="N160" s="191"/>
+      <c r="O160" s="191"/>
+      <c r="P160" s="191"/>
+      <c r="Q160" s="180"/>
+      <c r="R160" s="288"/>
+    </row>
+    <row r="161" spans="1:20" s="183" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="127" t="s">
+        <v>242</v>
+      </c>
+      <c r="B161" s="127" t="s">
+        <v>243</v>
+      </c>
+      <c r="C161" s="127" t="s">
+        <v>198</v>
+      </c>
+      <c r="D161" s="127" t="s">
+        <v>207</v>
+      </c>
+      <c r="E161" s="174" t="s">
+        <v>244</v>
+      </c>
+      <c r="F161" s="175"/>
+      <c r="G161" s="127" t="s">
+        <v>209</v>
+      </c>
+      <c r="H161" s="127" t="s">
+        <v>81</v>
+      </c>
+      <c r="I161" s="176" t="s">
+        <v>97</v>
+      </c>
+      <c r="J161" s="176" t="s">
+        <v>98</v>
+      </c>
+      <c r="K161" s="177">
+        <v>64904</v>
+      </c>
+      <c r="L161" s="178">
+        <v>84997</v>
+      </c>
+      <c r="M161" s="179"/>
+      <c r="N161" s="179"/>
+      <c r="O161" s="179"/>
+      <c r="P161" s="179">
+        <v>0</v>
+      </c>
+      <c r="Q161" s="282">
+        <v>6</v>
+      </c>
+      <c r="R161" s="287">
+        <v>509982</v>
+      </c>
+    </row>
+    <row r="162" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A162" s="133"/>
+      <c r="B162" s="133"/>
+      <c r="C162" s="133"/>
+      <c r="D162" s="133"/>
+      <c r="E162" s="187"/>
+      <c r="F162" s="188"/>
+      <c r="G162" s="133"/>
+      <c r="H162" s="133"/>
+      <c r="I162" s="189" t="s">
+        <v>67</v>
+      </c>
+      <c r="J162" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K162" s="177">
+        <v>16564</v>
+      </c>
+      <c r="L162" s="190">
+        <v>48150</v>
+      </c>
+      <c r="M162" s="191"/>
+      <c r="N162" s="191"/>
+      <c r="O162" s="191"/>
+      <c r="P162" s="191"/>
+      <c r="Q162" s="180"/>
+      <c r="R162" s="288"/>
+    </row>
+    <row r="163" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A163" s="133"/>
+      <c r="B163" s="133"/>
+      <c r="C163" s="133"/>
+      <c r="D163" s="133"/>
+      <c r="E163" s="187"/>
+      <c r="F163" s="188"/>
+      <c r="G163" s="133"/>
+      <c r="H163" s="133"/>
+      <c r="I163" s="189" t="s">
+        <v>29</v>
+      </c>
+      <c r="J163" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K163" s="177">
+        <v>21796</v>
+      </c>
+      <c r="L163" s="190">
+        <v>3420</v>
+      </c>
+      <c r="M163" s="191"/>
+      <c r="N163" s="191"/>
+      <c r="O163" s="191"/>
+      <c r="P163" s="191"/>
+      <c r="Q163" s="180"/>
+      <c r="R163" s="288"/>
+    </row>
+    <row r="164" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A164" s="133"/>
+      <c r="B164" s="133"/>
+      <c r="C164" s="133"/>
+      <c r="D164" s="133"/>
+      <c r="E164" s="187"/>
+      <c r="F164" s="188"/>
+      <c r="G164" s="133"/>
+      <c r="H164" s="133"/>
+      <c r="I164" s="189" t="s">
+        <v>28</v>
+      </c>
+      <c r="J164" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K164" s="177">
+        <v>2220</v>
+      </c>
+      <c r="L164" s="190">
+        <v>420</v>
+      </c>
+      <c r="M164" s="191"/>
+      <c r="N164" s="191"/>
+      <c r="O164" s="191"/>
+      <c r="P164" s="191"/>
+      <c r="Q164" s="180"/>
+      <c r="R164" s="288"/>
+    </row>
+    <row r="165" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A165" s="133"/>
+      <c r="B165" s="133"/>
+      <c r="C165" s="133"/>
+      <c r="D165" s="133"/>
+      <c r="E165" s="187"/>
+      <c r="F165" s="188"/>
+      <c r="G165" s="133"/>
+      <c r="H165" s="133"/>
+      <c r="I165" s="189" t="s">
+        <v>70</v>
+      </c>
+      <c r="J165" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K165" s="177">
+        <v>24208</v>
+      </c>
+      <c r="L165" s="190">
+        <v>32617</v>
+      </c>
+      <c r="M165" s="191"/>
+      <c r="N165" s="191"/>
+      <c r="O165" s="191"/>
+      <c r="P165" s="191"/>
+      <c r="Q165" s="180"/>
+      <c r="R165" s="288"/>
+    </row>
+    <row r="166" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A166" s="133"/>
+      <c r="B166" s="133"/>
+      <c r="C166" s="133"/>
+      <c r="D166" s="133"/>
+      <c r="E166" s="187"/>
+      <c r="F166" s="188"/>
+      <c r="G166" s="133"/>
+      <c r="H166" s="133"/>
+      <c r="I166" s="189" t="s">
+        <v>30</v>
+      </c>
+      <c r="J166" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K166" s="177">
+        <v>40</v>
+      </c>
+      <c r="L166" s="190">
+        <v>390</v>
+      </c>
+      <c r="M166" s="191"/>
+      <c r="N166" s="191"/>
+      <c r="O166" s="191"/>
+      <c r="P166" s="191"/>
+      <c r="Q166" s="180"/>
+      <c r="R166" s="288"/>
+    </row>
+    <row r="167" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A167" s="138"/>
+      <c r="B167" s="138"/>
+      <c r="C167" s="138"/>
+      <c r="D167" s="138"/>
+      <c r="E167" s="197"/>
+      <c r="F167" s="198"/>
+      <c r="G167" s="138"/>
+      <c r="H167" s="138"/>
+      <c r="I167" s="284" t="s">
+        <v>31</v>
+      </c>
+      <c r="J167" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K167" s="177">
+        <v>76</v>
+      </c>
+      <c r="L167" s="190"/>
+      <c r="M167" s="191"/>
+      <c r="N167" s="191"/>
+      <c r="O167" s="191"/>
+      <c r="P167" s="191"/>
+      <c r="Q167" s="180"/>
+      <c r="R167" s="288"/>
+    </row>
+    <row r="168" spans="1:20" s="183" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A168" s="127" t="s">
+        <v>245</v>
+      </c>
+      <c r="B168" s="127" t="s">
+        <v>246</v>
+      </c>
+      <c r="C168" s="127" t="s">
+        <v>247</v>
+      </c>
+      <c r="D168" s="127" t="s">
+        <v>193</v>
+      </c>
+      <c r="E168" s="174" t="s">
+        <v>248</v>
+      </c>
+      <c r="F168" s="175"/>
+      <c r="G168" s="127" t="s">
+        <v>195</v>
+      </c>
+      <c r="H168" s="127" t="s">
+        <v>81</v>
+      </c>
+      <c r="I168" s="176" t="s">
+        <v>97</v>
+      </c>
+      <c r="J168" s="176" t="s">
+        <v>98</v>
+      </c>
+      <c r="K168" s="177">
+        <v>0</v>
+      </c>
+      <c r="L168" s="178">
+        <v>70500</v>
+      </c>
+      <c r="M168" s="179"/>
+      <c r="N168" s="179"/>
+      <c r="O168" s="179"/>
+      <c r="P168" s="179">
+        <v>0</v>
+      </c>
+      <c r="Q168" s="285">
+        <v>50</v>
+      </c>
+      <c r="R168" s="292">
+        <v>3525000</v>
+      </c>
+      <c r="S168" s="210"/>
+      <c r="T168" s="210"/>
+    </row>
+    <row r="169" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A169" s="133"/>
+      <c r="B169" s="133"/>
+      <c r="C169" s="133"/>
+      <c r="D169" s="133"/>
+      <c r="E169" s="187"/>
+      <c r="F169" s="188"/>
+      <c r="G169" s="133"/>
+      <c r="H169" s="133"/>
+      <c r="I169" s="189" t="s">
+        <v>67</v>
+      </c>
+      <c r="J169" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K169" s="177">
+        <v>0</v>
+      </c>
+      <c r="L169" s="190">
+        <v>31000</v>
+      </c>
+      <c r="M169" s="191"/>
+      <c r="N169" s="191"/>
+      <c r="O169" s="191"/>
+      <c r="P169" s="191"/>
+      <c r="Q169" s="180"/>
+      <c r="R169" s="288"/>
+    </row>
+    <row r="170" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A170" s="133"/>
+      <c r="B170" s="133"/>
+      <c r="C170" s="133"/>
+      <c r="D170" s="133"/>
+      <c r="E170" s="187"/>
+      <c r="F170" s="188"/>
+      <c r="G170" s="133"/>
+      <c r="H170" s="133"/>
+      <c r="I170" s="189" t="s">
+        <v>29</v>
+      </c>
+      <c r="J170" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K170" s="177">
+        <v>0</v>
+      </c>
+      <c r="L170" s="190">
+        <v>4000</v>
+      </c>
+      <c r="M170" s="191"/>
+      <c r="N170" s="191"/>
+      <c r="O170" s="191"/>
+      <c r="P170" s="191"/>
+      <c r="Q170" s="180"/>
+      <c r="R170" s="288"/>
+    </row>
+    <row r="171" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A171" s="133"/>
+      <c r="B171" s="133"/>
+      <c r="C171" s="133"/>
+      <c r="D171" s="133"/>
+      <c r="E171" s="187"/>
+      <c r="F171" s="188"/>
+      <c r="G171" s="133"/>
+      <c r="H171" s="133"/>
+      <c r="I171" s="189" t="s">
+        <v>28</v>
+      </c>
+      <c r="J171" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K171" s="177">
+        <v>0</v>
+      </c>
+      <c r="L171" s="190">
+        <v>500</v>
+      </c>
+      <c r="M171" s="191"/>
+      <c r="N171" s="191"/>
+      <c r="O171" s="191"/>
+      <c r="P171" s="191"/>
+      <c r="Q171" s="180"/>
+      <c r="R171" s="288"/>
+    </row>
+    <row r="172" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="133"/>
+      <c r="B172" s="133"/>
+      <c r="C172" s="133"/>
+      <c r="D172" s="133"/>
+      <c r="E172" s="187"/>
+      <c r="F172" s="188"/>
+      <c r="G172" s="133"/>
+      <c r="H172" s="133"/>
+      <c r="I172" s="189" t="s">
+        <v>70</v>
+      </c>
+      <c r="J172" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K172" s="177">
+        <v>0</v>
+      </c>
+      <c r="L172" s="190">
+        <v>32000</v>
+      </c>
+      <c r="M172" s="191"/>
+      <c r="N172" s="191"/>
+      <c r="O172" s="191"/>
+      <c r="P172" s="191"/>
+      <c r="Q172" s="180"/>
+      <c r="R172" s="288"/>
+    </row>
+    <row r="173" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A173" s="133"/>
+      <c r="B173" s="133"/>
+      <c r="C173" s="133"/>
+      <c r="D173" s="133"/>
+      <c r="E173" s="187"/>
+      <c r="F173" s="188"/>
+      <c r="G173" s="133"/>
+      <c r="H173" s="133"/>
+      <c r="I173" s="189" t="s">
+        <v>30</v>
+      </c>
+      <c r="J173" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K173" s="177">
+        <v>0</v>
+      </c>
+      <c r="L173" s="190">
+        <v>1000</v>
+      </c>
+      <c r="M173" s="191"/>
+      <c r="N173" s="191"/>
+      <c r="O173" s="191"/>
+      <c r="P173" s="191"/>
+      <c r="Q173" s="180"/>
+      <c r="R173" s="288"/>
+    </row>
+    <row r="174" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A174" s="138"/>
+      <c r="B174" s="138"/>
+      <c r="C174" s="138"/>
+      <c r="D174" s="138"/>
+      <c r="E174" s="197"/>
+      <c r="F174" s="198"/>
+      <c r="G174" s="138"/>
+      <c r="H174" s="138"/>
+      <c r="I174" s="284" t="s">
+        <v>31</v>
+      </c>
+      <c r="J174" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K174" s="177">
+        <v>0</v>
+      </c>
+      <c r="L174" s="190">
+        <v>2000</v>
+      </c>
+      <c r="M174" s="191"/>
+      <c r="N174" s="191"/>
+      <c r="O174" s="191"/>
+      <c r="P174" s="191"/>
+      <c r="Q174" s="180"/>
+      <c r="R174" s="288"/>
+    </row>
+    <row r="175" spans="1:20" s="183" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A175" s="127" t="s">
+        <v>249</v>
+      </c>
+      <c r="B175" s="127" t="s">
+        <v>250</v>
+      </c>
+      <c r="C175" s="127" t="s">
+        <v>247</v>
+      </c>
+      <c r="D175" s="127" t="s">
+        <v>251</v>
+      </c>
+      <c r="E175" s="174" t="s">
+        <v>252</v>
+      </c>
+      <c r="F175" s="175"/>
+      <c r="G175" s="127" t="s">
+        <v>195</v>
+      </c>
+      <c r="H175" s="127" t="s">
+        <v>81</v>
+      </c>
+      <c r="I175" s="176" t="s">
+        <v>97</v>
+      </c>
+      <c r="J175" s="176" t="s">
+        <v>98</v>
+      </c>
+      <c r="K175" s="177">
+        <v>0</v>
+      </c>
+      <c r="L175" s="178">
+        <v>95000</v>
+      </c>
+      <c r="M175" s="179"/>
+      <c r="N175" s="179"/>
+      <c r="O175" s="179"/>
+      <c r="P175" s="179">
+        <v>0</v>
+      </c>
+      <c r="Q175" s="285">
+        <v>20</v>
+      </c>
+      <c r="R175" s="292">
+        <v>1900000</v>
+      </c>
+      <c r="S175" s="210"/>
+      <c r="T175" s="210"/>
+    </row>
+    <row r="176" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A176" s="133"/>
+      <c r="B176" s="133"/>
+      <c r="C176" s="133"/>
+      <c r="D176" s="133"/>
+      <c r="E176" s="187"/>
+      <c r="F176" s="188"/>
+      <c r="G176" s="133"/>
+      <c r="H176" s="133"/>
+      <c r="I176" s="189" t="s">
+        <v>67</v>
+      </c>
+      <c r="J176" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K176" s="177">
+        <v>0</v>
+      </c>
+      <c r="L176" s="190">
+        <v>35000</v>
+      </c>
+      <c r="M176" s="191"/>
+      <c r="N176" s="191"/>
+      <c r="O176" s="191"/>
+      <c r="P176" s="191"/>
+      <c r="Q176" s="180"/>
+      <c r="R176" s="288"/>
+    </row>
+    <row r="177" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A177" s="133"/>
+      <c r="B177" s="133"/>
+      <c r="C177" s="133"/>
+      <c r="D177" s="133"/>
+      <c r="E177" s="187"/>
+      <c r="F177" s="188"/>
+      <c r="G177" s="133"/>
+      <c r="H177" s="133"/>
+      <c r="I177" s="189" t="s">
+        <v>29</v>
+      </c>
+      <c r="J177" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K177" s="177">
+        <v>0</v>
+      </c>
+      <c r="L177" s="190">
+        <v>11000</v>
+      </c>
+      <c r="M177" s="191"/>
+      <c r="N177" s="191"/>
+      <c r="O177" s="191"/>
+      <c r="P177" s="191"/>
+      <c r="Q177" s="180"/>
+      <c r="R177" s="288"/>
+    </row>
+    <row r="178" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A178" s="133"/>
+      <c r="B178" s="133"/>
+      <c r="C178" s="133"/>
+      <c r="D178" s="133"/>
+      <c r="E178" s="187"/>
+      <c r="F178" s="188"/>
+      <c r="G178" s="133"/>
+      <c r="H178" s="133"/>
+      <c r="I178" s="189" t="s">
+        <v>28</v>
+      </c>
+      <c r="J178" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K178" s="177">
+        <v>0</v>
+      </c>
+      <c r="L178" s="190">
+        <v>1500</v>
+      </c>
+      <c r="M178" s="191"/>
+      <c r="N178" s="191"/>
+      <c r="O178" s="191"/>
+      <c r="P178" s="191"/>
+      <c r="Q178" s="180"/>
+      <c r="R178" s="288"/>
+    </row>
+    <row r="179" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A179" s="133"/>
+      <c r="B179" s="133"/>
+      <c r="C179" s="133"/>
+      <c r="D179" s="133"/>
+      <c r="E179" s="187"/>
+      <c r="F179" s="188"/>
+      <c r="G179" s="133"/>
+      <c r="H179" s="133"/>
+      <c r="I179" s="189" t="s">
+        <v>70</v>
+      </c>
+      <c r="J179" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K179" s="177">
+        <v>0</v>
+      </c>
+      <c r="L179" s="190">
+        <v>45000</v>
+      </c>
+      <c r="M179" s="191"/>
+      <c r="N179" s="191"/>
+      <c r="O179" s="191"/>
+      <c r="P179" s="191"/>
+      <c r="Q179" s="180"/>
+      <c r="R179" s="288"/>
+    </row>
+    <row r="180" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A180" s="133"/>
+      <c r="B180" s="133"/>
+      <c r="C180" s="133"/>
+      <c r="D180" s="133"/>
+      <c r="E180" s="187"/>
+      <c r="F180" s="188"/>
+      <c r="G180" s="133"/>
+      <c r="H180" s="133"/>
+      <c r="I180" s="189" t="s">
+        <v>30</v>
+      </c>
+      <c r="J180" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K180" s="177">
+        <v>0</v>
+      </c>
+      <c r="L180" s="190">
+        <v>2500</v>
+      </c>
+      <c r="M180" s="191"/>
+      <c r="N180" s="191"/>
+      <c r="O180" s="191"/>
+      <c r="P180" s="191"/>
+      <c r="Q180" s="180"/>
+      <c r="R180" s="288"/>
+    </row>
+    <row r="181" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A181" s="138"/>
+      <c r="B181" s="138"/>
+      <c r="C181" s="138"/>
+      <c r="D181" s="138"/>
+      <c r="E181" s="197"/>
+      <c r="F181" s="198"/>
+      <c r="G181" s="138"/>
+      <c r="H181" s="138"/>
+      <c r="I181" s="284" t="s">
+        <v>31</v>
+      </c>
+      <c r="J181" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K181" s="177">
+        <v>0</v>
+      </c>
+      <c r="L181" s="190">
+        <v>300</v>
+      </c>
+      <c r="M181" s="191"/>
+      <c r="N181" s="191"/>
+      <c r="O181" s="191"/>
+      <c r="P181" s="191"/>
+      <c r="Q181" s="180"/>
+      <c r="R181" s="288"/>
+    </row>
+    <row r="182" spans="1:18" ht="69" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A182" s="203" t="s">
+        <v>253</v>
+      </c>
+      <c r="B182" s="203" t="s">
+        <v>254</v>
+      </c>
+      <c r="C182" s="230" t="s">
+        <v>24</v>
+      </c>
+      <c r="D182" s="289" t="s">
+        <v>255</v>
+      </c>
+      <c r="E182" s="305" t="s">
+        <v>256</v>
+      </c>
+      <c r="F182" s="306"/>
+      <c r="G182" s="289" t="s">
+        <v>179</v>
+      </c>
+      <c r="H182" s="131" t="s">
+        <v>257</v>
+      </c>
+      <c r="I182" s="307" t="s">
+        <v>258</v>
+      </c>
+      <c r="J182" s="189" t="s">
+        <v>179</v>
+      </c>
+      <c r="K182" s="177">
+        <v>0</v>
+      </c>
+      <c r="L182" s="308">
+        <v>1</v>
+      </c>
+      <c r="M182" s="191"/>
+      <c r="N182" s="191"/>
+      <c r="O182" s="191"/>
+      <c r="P182" s="191"/>
+      <c r="Q182" s="180"/>
+      <c r="R182" s="288"/>
+    </row>
+    <row r="183" spans="1:18" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A183" s="149"/>
+      <c r="B183" s="150"/>
+      <c r="C183" s="150"/>
+      <c r="D183" s="153"/>
+      <c r="E183" s="153"/>
+      <c r="F183" s="153"/>
+      <c r="G183" s="153"/>
+      <c r="H183" s="153"/>
+      <c r="I183" s="153"/>
+      <c r="J183" s="153"/>
+      <c r="K183" s="154"/>
+      <c r="L183" s="154"/>
+      <c r="M183" s="154"/>
+      <c r="N183" s="154"/>
+      <c r="O183" s="154"/>
+      <c r="P183" s="154"/>
+      <c r="Q183" s="155"/>
+    </row>
+    <row r="184" spans="1:18" ht="26.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A184" s="211" t="s">
+        <v>259</v>
+      </c>
+      <c r="B184" s="212"/>
+      <c r="C184" s="212"/>
+      <c r="D184" s="212"/>
+      <c r="E184" s="212"/>
+      <c r="F184" s="212"/>
+      <c r="G184" s="212"/>
+      <c r="H184" s="212"/>
+      <c r="I184" s="212"/>
+      <c r="J184" s="212"/>
+      <c r="K184" s="213"/>
+      <c r="L184" s="303" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="185" spans="1:18" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A185" s="219" t="s">
+        <v>260</v>
+      </c>
+      <c r="B185" s="220"/>
+      <c r="C185" s="220"/>
+      <c r="D185" s="220"/>
+      <c r="E185" s="220"/>
+      <c r="F185" s="220"/>
+      <c r="G185" s="220"/>
+      <c r="H185" s="220"/>
+      <c r="I185" s="220"/>
+      <c r="J185" s="220"/>
+      <c r="K185" s="221"/>
+      <c r="L185" s="218" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="186" spans="1:18" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A186" s="219" t="s">
+        <v>262</v>
+      </c>
+      <c r="B186" s="220"/>
+      <c r="C186" s="220"/>
+      <c r="D186" s="220"/>
+      <c r="E186" s="220"/>
+      <c r="F186" s="220"/>
+      <c r="G186" s="220"/>
+      <c r="H186" s="220"/>
+      <c r="I186" s="220"/>
+      <c r="J186" s="220"/>
+      <c r="K186" s="221"/>
+      <c r="L186" s="218" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="187" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A187" s="219" t="s">
+        <v>263</v>
+      </c>
+      <c r="B187" s="220"/>
+      <c r="C187" s="220"/>
+      <c r="D187" s="220"/>
+      <c r="E187" s="220"/>
+      <c r="F187" s="220"/>
+      <c r="G187" s="220"/>
+      <c r="H187" s="220"/>
+      <c r="I187" s="220"/>
+      <c r="J187" s="220"/>
+      <c r="K187" s="221"/>
+      <c r="L187" s="218" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="188" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A188" s="219" t="s">
+        <v>264</v>
+      </c>
+      <c r="B188" s="220"/>
+      <c r="C188" s="220"/>
+      <c r="D188" s="220"/>
+      <c r="E188" s="220"/>
+      <c r="F188" s="220"/>
+      <c r="G188" s="220"/>
+      <c r="H188" s="220"/>
+      <c r="I188" s="220"/>
+      <c r="J188" s="220"/>
+      <c r="K188" s="221"/>
+      <c r="L188" s="218" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="189" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A189" s="219" t="s">
+        <v>265</v>
+      </c>
+      <c r="B189" s="220"/>
+      <c r="C189" s="220"/>
+      <c r="D189" s="220"/>
+      <c r="E189" s="220"/>
+      <c r="F189" s="220"/>
+      <c r="G189" s="220"/>
+      <c r="H189" s="220"/>
+      <c r="I189" s="220"/>
+      <c r="J189" s="220"/>
+      <c r="K189" s="221"/>
+      <c r="L189" s="218" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="190" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A190" s="219" t="s">
+        <v>266</v>
+      </c>
+      <c r="B190" s="220"/>
+      <c r="C190" s="220"/>
+      <c r="D190" s="220"/>
+      <c r="E190" s="220"/>
+      <c r="F190" s="220"/>
+      <c r="G190" s="220"/>
+      <c r="H190" s="220"/>
+      <c r="I190" s="220"/>
+      <c r="J190" s="220"/>
+      <c r="K190" s="221"/>
+      <c r="L190" s="218" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="191" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A191" s="219" t="s">
+        <v>267</v>
+      </c>
+      <c r="B191" s="220"/>
+      <c r="C191" s="220"/>
+      <c r="D191" s="220"/>
+      <c r="E191" s="220"/>
+      <c r="F191" s="220"/>
+      <c r="G191" s="220"/>
+      <c r="H191" s="220"/>
+      <c r="I191" s="220"/>
+      <c r="J191" s="220"/>
+      <c r="K191" s="221"/>
+      <c r="L191" s="218" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="192" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A192" s="219" t="s">
+        <v>268</v>
+      </c>
+      <c r="B192" s="220"/>
+      <c r="C192" s="220"/>
+      <c r="D192" s="220"/>
+      <c r="E192" s="220"/>
+      <c r="F192" s="220"/>
+      <c r="G192" s="220"/>
+      <c r="H192" s="220"/>
+      <c r="I192" s="220"/>
+      <c r="J192" s="220"/>
+      <c r="K192" s="221"/>
+      <c r="L192" s="218" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="193" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="L193" s="309"/>
+      <c r="M193" s="310"/>
+      <c r="N193" s="309"/>
+      <c r="O193" s="309"/>
+      <c r="P193" s="309"/>
+      <c r="Q193" s="311"/>
+    </row>
+    <row r="194" spans="1:18" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A194" s="156" t="s">
+        <v>42</v>
+      </c>
+      <c r="B194" s="157"/>
+      <c r="C194" s="157"/>
+      <c r="D194" s="157"/>
+      <c r="E194" s="157"/>
+      <c r="F194" s="157"/>
+      <c r="G194" s="157"/>
+      <c r="H194" s="157"/>
+      <c r="I194" s="157"/>
+      <c r="J194" s="157"/>
+      <c r="K194" s="158"/>
+      <c r="L194" s="159">
+        <v>2026</v>
+      </c>
+      <c r="M194" s="160"/>
+      <c r="N194" s="160"/>
+      <c r="O194" s="160"/>
+      <c r="P194" s="161"/>
+    </row>
+    <row r="195" spans="1:18" s="117" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A195" s="162" t="s">
+        <v>49</v>
+      </c>
+      <c r="B195" s="163" t="s">
+        <v>50</v>
+      </c>
+      <c r="C195" s="163" t="s">
+        <v>51</v>
+      </c>
+      <c r="D195" s="163" t="s">
+        <v>84</v>
+      </c>
+      <c r="E195" s="164" t="s">
+        <v>85</v>
+      </c>
+      <c r="F195" s="165"/>
+      <c r="G195" s="163" t="s">
+        <v>54</v>
+      </c>
+      <c r="H195" s="166" t="s">
+        <v>55</v>
+      </c>
+      <c r="I195" s="167" t="s">
+        <v>56</v>
+      </c>
+      <c r="J195" s="167" t="s">
+        <v>57</v>
+      </c>
+      <c r="K195" s="168" t="s">
+        <v>58</v>
+      </c>
+      <c r="L195" s="169" t="s">
+        <v>59</v>
+      </c>
+      <c r="M195" s="170" t="s">
+        <v>86</v>
+      </c>
+      <c r="N195" s="170" t="s">
+        <v>87</v>
+      </c>
+      <c r="O195" s="170" t="s">
+        <v>88</v>
+      </c>
+      <c r="P195" s="170" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q195" s="170" t="s">
+        <v>90</v>
+      </c>
+      <c r="R195" s="170" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="196" spans="1:18" s="183" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A196" s="127" t="s">
+        <v>269</v>
+      </c>
+      <c r="B196" s="127" t="s">
+        <v>270</v>
+      </c>
+      <c r="C196" s="127" t="s">
+        <v>62</v>
+      </c>
+      <c r="D196" s="127" t="s">
+        <v>183</v>
+      </c>
+      <c r="E196" s="174" t="s">
+        <v>271</v>
+      </c>
+      <c r="F196" s="175"/>
+      <c r="G196" s="127" t="s">
+        <v>272</v>
+      </c>
+      <c r="H196" s="127" t="s">
+        <v>81</v>
+      </c>
+      <c r="I196" s="176" t="s">
+        <v>97</v>
+      </c>
+      <c r="J196" s="176" t="s">
+        <v>98</v>
+      </c>
+      <c r="K196" s="177">
+        <v>0</v>
+      </c>
+      <c r="L196" s="178">
+        <v>80000</v>
+      </c>
+      <c r="M196" s="179"/>
+      <c r="N196" s="179"/>
+      <c r="O196" s="179"/>
+      <c r="P196" s="179">
+        <v>0</v>
+      </c>
+      <c r="Q196" s="282">
+        <v>5</v>
+      </c>
+      <c r="R196" s="287">
+        <v>400000</v>
+      </c>
+    </row>
+    <row r="197" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A197" s="133"/>
+      <c r="B197" s="133"/>
+      <c r="C197" s="133"/>
+      <c r="D197" s="133"/>
+      <c r="E197" s="187"/>
+      <c r="F197" s="188"/>
+      <c r="G197" s="133"/>
+      <c r="H197" s="133"/>
+      <c r="I197" s="189" t="s">
+        <v>67</v>
+      </c>
+      <c r="J197" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K197" s="177">
+        <v>0</v>
+      </c>
+      <c r="L197" s="190">
+        <v>27000</v>
+      </c>
+      <c r="M197" s="191"/>
+      <c r="N197" s="191"/>
+      <c r="O197" s="191"/>
+      <c r="P197" s="191"/>
+      <c r="Q197" s="180"/>
+      <c r="R197" s="288"/>
+    </row>
+    <row r="198" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A198" s="133"/>
+      <c r="B198" s="133"/>
+      <c r="C198" s="133"/>
+      <c r="D198" s="133"/>
+      <c r="E198" s="187"/>
+      <c r="F198" s="188"/>
+      <c r="G198" s="133"/>
+      <c r="H198" s="133"/>
+      <c r="I198" s="189" t="s">
+        <v>29</v>
+      </c>
+      <c r="J198" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K198" s="177">
+        <v>0</v>
+      </c>
+      <c r="L198" s="190">
+        <v>4000</v>
+      </c>
+      <c r="M198" s="191"/>
+      <c r="N198" s="191"/>
+      <c r="O198" s="191"/>
+      <c r="P198" s="191"/>
+      <c r="Q198" s="180"/>
+      <c r="R198" s="288"/>
+    </row>
+    <row r="199" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A199" s="133"/>
+      <c r="B199" s="133"/>
+      <c r="C199" s="133"/>
+      <c r="D199" s="133"/>
+      <c r="E199" s="187"/>
+      <c r="F199" s="188"/>
+      <c r="G199" s="133"/>
+      <c r="H199" s="133"/>
+      <c r="I199" s="189" t="s">
+        <v>28</v>
+      </c>
+      <c r="J199" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K199" s="177">
+        <v>0</v>
+      </c>
+      <c r="L199" s="190">
+        <v>1000</v>
+      </c>
+      <c r="M199" s="191"/>
+      <c r="N199" s="191"/>
+      <c r="O199" s="191"/>
+      <c r="P199" s="191"/>
+      <c r="Q199" s="180"/>
+      <c r="R199" s="288"/>
+    </row>
+    <row r="200" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A200" s="133"/>
+      <c r="B200" s="133"/>
+      <c r="C200" s="133"/>
+      <c r="D200" s="133"/>
+      <c r="E200" s="187"/>
+      <c r="F200" s="188"/>
+      <c r="G200" s="133"/>
+      <c r="H200" s="133"/>
+      <c r="I200" s="189" t="s">
+        <v>70</v>
+      </c>
+      <c r="J200" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K200" s="177">
+        <v>0</v>
+      </c>
+      <c r="L200" s="190">
+        <v>45000</v>
+      </c>
+      <c r="M200" s="191"/>
+      <c r="N200" s="191"/>
+      <c r="O200" s="191"/>
+      <c r="P200" s="191"/>
+      <c r="Q200" s="180"/>
+      <c r="R200" s="288"/>
+    </row>
+    <row r="201" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A201" s="133"/>
+      <c r="B201" s="133"/>
+      <c r="C201" s="133"/>
+      <c r="D201" s="133"/>
+      <c r="E201" s="187"/>
+      <c r="F201" s="188"/>
+      <c r="G201" s="133"/>
+      <c r="H201" s="133"/>
+      <c r="I201" s="189" t="s">
+        <v>30</v>
+      </c>
+      <c r="J201" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K201" s="177">
+        <v>0</v>
+      </c>
+      <c r="L201" s="190">
+        <v>2000</v>
+      </c>
+      <c r="M201" s="191"/>
+      <c r="N201" s="191"/>
+      <c r="O201" s="191"/>
+      <c r="P201" s="191"/>
+      <c r="Q201" s="180"/>
+      <c r="R201" s="288"/>
+    </row>
+    <row r="202" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A202" s="138"/>
+      <c r="B202" s="138"/>
+      <c r="C202" s="138"/>
+      <c r="D202" s="138"/>
+      <c r="E202" s="197"/>
+      <c r="F202" s="198"/>
+      <c r="G202" s="138"/>
+      <c r="H202" s="138"/>
+      <c r="I202" s="284" t="s">
+        <v>31</v>
+      </c>
+      <c r="J202" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K202" s="177">
+        <v>0</v>
+      </c>
+      <c r="L202" s="190">
+        <v>1000</v>
+      </c>
+      <c r="M202" s="191"/>
+      <c r="N202" s="191"/>
+      <c r="O202" s="191"/>
+      <c r="P202" s="191"/>
+      <c r="Q202" s="180"/>
+      <c r="R202" s="288"/>
+    </row>
+    <row r="203" spans="1:18" s="183" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A203" s="127" t="s">
+        <v>273</v>
+      </c>
+      <c r="B203" s="127" t="s">
+        <v>270</v>
+      </c>
+      <c r="C203" s="127" t="s">
+        <v>23</v>
+      </c>
+      <c r="D203" s="127" t="s">
+        <v>183</v>
+      </c>
+      <c r="E203" s="174" t="s">
+        <v>271</v>
+      </c>
+      <c r="F203" s="175"/>
+      <c r="G203" s="127" t="s">
+        <v>272</v>
+      </c>
+      <c r="H203" s="127" t="s">
+        <v>81</v>
+      </c>
+      <c r="I203" s="176" t="s">
+        <v>97</v>
+      </c>
+      <c r="J203" s="176" t="s">
+        <v>98</v>
+      </c>
+      <c r="K203" s="177">
+        <v>0</v>
+      </c>
+      <c r="L203" s="178"/>
+      <c r="M203" s="179"/>
+      <c r="N203" s="179"/>
+      <c r="O203" s="179"/>
+      <c r="P203" s="179">
+        <v>0</v>
+      </c>
+      <c r="Q203" s="282"/>
+      <c r="R203" s="312"/>
+    </row>
+    <row r="204" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A204" s="133"/>
+      <c r="B204" s="133"/>
+      <c r="C204" s="133"/>
+      <c r="D204" s="133"/>
+      <c r="E204" s="187"/>
+      <c r="F204" s="188"/>
+      <c r="G204" s="133"/>
+      <c r="H204" s="133"/>
+      <c r="I204" s="189" t="s">
+        <v>67</v>
+      </c>
+      <c r="J204" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K204" s="177">
+        <v>0</v>
+      </c>
+      <c r="L204" s="190"/>
+      <c r="M204" s="191"/>
+      <c r="N204" s="191"/>
+      <c r="O204" s="191"/>
+      <c r="P204" s="191"/>
+      <c r="Q204" s="180"/>
+      <c r="R204" s="313"/>
+    </row>
+    <row r="205" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A205" s="133"/>
+      <c r="B205" s="133"/>
+      <c r="C205" s="133"/>
+      <c r="D205" s="133"/>
+      <c r="E205" s="187"/>
+      <c r="F205" s="188"/>
+      <c r="G205" s="133"/>
+      <c r="H205" s="133"/>
+      <c r="I205" s="189" t="s">
+        <v>29</v>
+      </c>
+      <c r="J205" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K205" s="177">
+        <v>0</v>
+      </c>
+      <c r="L205" s="190"/>
+      <c r="M205" s="191"/>
+      <c r="N205" s="191"/>
+      <c r="O205" s="191"/>
+      <c r="P205" s="191"/>
+      <c r="Q205" s="180"/>
+      <c r="R205" s="313"/>
+    </row>
+    <row r="206" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A206" s="133"/>
+      <c r="B206" s="133"/>
+      <c r="C206" s="133"/>
+      <c r="D206" s="133"/>
+      <c r="E206" s="187"/>
+      <c r="F206" s="188"/>
+      <c r="G206" s="133"/>
+      <c r="H206" s="133"/>
+      <c r="I206" s="189" t="s">
+        <v>28</v>
+      </c>
+      <c r="J206" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K206" s="177">
+        <v>0</v>
+      </c>
+      <c r="L206" s="190"/>
+      <c r="M206" s="191"/>
+      <c r="N206" s="191"/>
+      <c r="O206" s="191"/>
+      <c r="P206" s="191"/>
+      <c r="Q206" s="180"/>
+      <c r="R206" s="313"/>
+    </row>
+    <row r="207" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A207" s="133"/>
+      <c r="B207" s="133"/>
+      <c r="C207" s="133"/>
+      <c r="D207" s="133"/>
+      <c r="E207" s="187"/>
+      <c r="F207" s="188"/>
+      <c r="G207" s="133"/>
+      <c r="H207" s="133"/>
+      <c r="I207" s="189" t="s">
+        <v>70</v>
+      </c>
+      <c r="J207" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K207" s="177">
+        <v>0</v>
+      </c>
+      <c r="L207" s="190"/>
+      <c r="M207" s="191"/>
+      <c r="N207" s="191"/>
+      <c r="O207" s="191"/>
+      <c r="P207" s="191"/>
+      <c r="Q207" s="180"/>
+      <c r="R207" s="313"/>
+    </row>
+    <row r="208" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A208" s="133"/>
+      <c r="B208" s="133"/>
+      <c r="C208" s="133"/>
+      <c r="D208" s="133"/>
+      <c r="E208" s="187"/>
+      <c r="F208" s="188"/>
+      <c r="G208" s="133"/>
+      <c r="H208" s="133"/>
+      <c r="I208" s="189" t="s">
+        <v>30</v>
+      </c>
+      <c r="J208" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K208" s="177">
+        <v>0</v>
+      </c>
+      <c r="L208" s="190"/>
+      <c r="M208" s="191"/>
+      <c r="N208" s="191"/>
+      <c r="O208" s="191"/>
+      <c r="P208" s="191"/>
+      <c r="Q208" s="180"/>
+      <c r="R208" s="313"/>
+    </row>
+    <row r="209" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A209" s="138"/>
+      <c r="B209" s="138"/>
+      <c r="C209" s="138"/>
+      <c r="D209" s="138"/>
+      <c r="E209" s="197"/>
+      <c r="F209" s="198"/>
+      <c r="G209" s="138"/>
+      <c r="H209" s="138"/>
+      <c r="I209" s="284" t="s">
+        <v>31</v>
+      </c>
+      <c r="J209" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K209" s="177">
+        <v>0</v>
+      </c>
+      <c r="L209" s="190"/>
+      <c r="M209" s="191"/>
+      <c r="N209" s="191"/>
+      <c r="O209" s="191"/>
+      <c r="P209" s="191"/>
+      <c r="Q209" s="180"/>
+      <c r="R209" s="313"/>
+    </row>
+    <row r="210" spans="1:20" s="183" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A210" s="127" t="s">
+        <v>274</v>
+      </c>
+      <c r="B210" s="127" t="s">
+        <v>270</v>
+      </c>
+      <c r="C210" s="127" t="s">
+        <v>24</v>
+      </c>
+      <c r="D210" s="127" t="s">
+        <v>183</v>
+      </c>
+      <c r="E210" s="174" t="s">
+        <v>271</v>
+      </c>
+      <c r="F210" s="175"/>
+      <c r="G210" s="127" t="s">
+        <v>272</v>
+      </c>
+      <c r="H210" s="127" t="s">
+        <v>81</v>
+      </c>
+      <c r="I210" s="176" t="s">
+        <v>97</v>
+      </c>
+      <c r="J210" s="176" t="s">
+        <v>98</v>
+      </c>
+      <c r="K210" s="177">
+        <v>0</v>
+      </c>
+      <c r="L210" s="178">
+        <v>61000</v>
+      </c>
+      <c r="M210" s="314"/>
+      <c r="N210" s="314"/>
+      <c r="O210" s="314"/>
+      <c r="P210" s="314">
+        <v>0</v>
+      </c>
+      <c r="Q210" s="285">
+        <v>5</v>
+      </c>
+      <c r="R210" s="286">
+        <v>305000</v>
+      </c>
+      <c r="S210" s="210"/>
+      <c r="T210" s="210"/>
+    </row>
+    <row r="211" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A211" s="133"/>
+      <c r="B211" s="133"/>
+      <c r="C211" s="133"/>
+      <c r="D211" s="133"/>
+      <c r="E211" s="187"/>
+      <c r="F211" s="188"/>
+      <c r="G211" s="133"/>
+      <c r="H211" s="133"/>
+      <c r="I211" s="189" t="s">
+        <v>67</v>
+      </c>
+      <c r="J211" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K211" s="177">
+        <v>0</v>
+      </c>
+      <c r="L211" s="190">
+        <v>25000</v>
+      </c>
+      <c r="M211" s="315"/>
+      <c r="N211" s="315"/>
+      <c r="O211" s="315"/>
+      <c r="P211" s="315"/>
+      <c r="Q211" s="180"/>
+      <c r="R211" s="313"/>
+    </row>
+    <row r="212" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A212" s="133"/>
+      <c r="B212" s="133"/>
+      <c r="C212" s="133"/>
+      <c r="D212" s="133"/>
+      <c r="E212" s="187"/>
+      <c r="F212" s="188"/>
+      <c r="G212" s="133"/>
+      <c r="H212" s="133"/>
+      <c r="I212" s="189" t="s">
+        <v>29</v>
+      </c>
+      <c r="J212" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K212" s="177">
+        <v>0</v>
+      </c>
+      <c r="L212" s="190">
+        <v>3500</v>
+      </c>
+      <c r="M212" s="315"/>
+      <c r="N212" s="315"/>
+      <c r="O212" s="315"/>
+      <c r="P212" s="315"/>
+      <c r="Q212" s="180"/>
+      <c r="R212" s="313"/>
+    </row>
+    <row r="213" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A213" s="133"/>
+      <c r="B213" s="133"/>
+      <c r="C213" s="133"/>
+      <c r="D213" s="133"/>
+      <c r="E213" s="187"/>
+      <c r="F213" s="188"/>
+      <c r="G213" s="133"/>
+      <c r="H213" s="133"/>
+      <c r="I213" s="189" t="s">
+        <v>28</v>
+      </c>
+      <c r="J213" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K213" s="177">
+        <v>0</v>
+      </c>
+      <c r="L213" s="190">
+        <v>1000</v>
+      </c>
+      <c r="M213" s="315"/>
+      <c r="N213" s="315"/>
+      <c r="O213" s="315"/>
+      <c r="P213" s="315"/>
+      <c r="Q213" s="180"/>
+      <c r="R213" s="313"/>
+    </row>
+    <row r="214" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A214" s="133"/>
+      <c r="B214" s="133"/>
+      <c r="C214" s="133"/>
+      <c r="D214" s="133"/>
+      <c r="E214" s="187"/>
+      <c r="F214" s="188"/>
+      <c r="G214" s="133"/>
+      <c r="H214" s="133"/>
+      <c r="I214" s="189" t="s">
+        <v>70</v>
+      </c>
+      <c r="J214" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K214" s="177">
+        <v>0</v>
+      </c>
+      <c r="L214" s="190">
+        <v>28000</v>
+      </c>
+      <c r="M214" s="315"/>
+      <c r="N214" s="315"/>
+      <c r="O214" s="315"/>
+      <c r="P214" s="315"/>
+      <c r="Q214" s="180"/>
+      <c r="R214" s="313"/>
+    </row>
+    <row r="215" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A215" s="133"/>
+      <c r="B215" s="133"/>
+      <c r="C215" s="133"/>
+      <c r="D215" s="133"/>
+      <c r="E215" s="187"/>
+      <c r="F215" s="188"/>
+      <c r="G215" s="133"/>
+      <c r="H215" s="133"/>
+      <c r="I215" s="189" t="s">
+        <v>30</v>
+      </c>
+      <c r="J215" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K215" s="177">
+        <v>0</v>
+      </c>
+      <c r="L215" s="190">
+        <v>2000</v>
+      </c>
+      <c r="M215" s="315"/>
+      <c r="N215" s="315"/>
+      <c r="O215" s="315"/>
+      <c r="P215" s="315"/>
+      <c r="Q215" s="180"/>
+      <c r="R215" s="313"/>
+    </row>
+    <row r="216" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A216" s="138"/>
+      <c r="B216" s="138"/>
+      <c r="C216" s="138"/>
+      <c r="D216" s="138"/>
+      <c r="E216" s="197"/>
+      <c r="F216" s="198"/>
+      <c r="G216" s="138"/>
+      <c r="H216" s="138"/>
+      <c r="I216" s="284" t="s">
+        <v>31</v>
+      </c>
+      <c r="J216" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K216" s="177">
+        <v>0</v>
+      </c>
+      <c r="L216" s="190">
+        <v>1500</v>
+      </c>
+      <c r="M216" s="315"/>
+      <c r="N216" s="315"/>
+      <c r="O216" s="315"/>
+      <c r="P216" s="315"/>
+      <c r="Q216" s="180"/>
+      <c r="R216" s="313"/>
+    </row>
+    <row r="217" spans="1:20" ht="69" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A217" s="203" t="s">
+        <v>275</v>
+      </c>
+      <c r="B217" s="203" t="s">
+        <v>276</v>
+      </c>
+      <c r="C217" s="203" t="s">
+        <v>62</v>
+      </c>
+      <c r="D217" s="289" t="s">
+        <v>277</v>
+      </c>
+      <c r="E217" s="316" t="s">
+        <v>278</v>
+      </c>
+      <c r="F217" s="317"/>
+      <c r="G217" s="289" t="s">
+        <v>279</v>
+      </c>
+      <c r="H217" s="131" t="s">
+        <v>109</v>
+      </c>
+      <c r="I217" s="307" t="s">
+        <v>280</v>
+      </c>
+      <c r="J217" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K217" s="177">
+        <v>0</v>
+      </c>
+      <c r="L217" s="190">
+        <v>79</v>
+      </c>
+      <c r="M217" s="191"/>
+      <c r="N217" s="191"/>
+      <c r="O217" s="191"/>
+      <c r="P217" s="191"/>
+      <c r="Q217" s="180">
+        <v>1000</v>
+      </c>
+      <c r="R217" s="287">
+        <v>79000</v>
+      </c>
+    </row>
+    <row r="218" spans="1:20" ht="69" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A218" s="203" t="s">
+        <v>281</v>
+      </c>
+      <c r="B218" s="203" t="s">
+        <v>276</v>
+      </c>
+      <c r="C218" s="203" t="s">
+        <v>23</v>
+      </c>
+      <c r="D218" s="289" t="s">
+        <v>277</v>
+      </c>
+      <c r="E218" s="316" t="s">
+        <v>278</v>
+      </c>
+      <c r="F218" s="317"/>
+      <c r="G218" s="289" t="s">
+        <v>279</v>
+      </c>
+      <c r="H218" s="131" t="s">
+        <v>109</v>
+      </c>
+      <c r="I218" s="307" t="s">
+        <v>280</v>
+      </c>
+      <c r="J218" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K218" s="177">
+        <v>0</v>
+      </c>
+      <c r="L218" s="190"/>
+      <c r="M218" s="191"/>
+      <c r="N218" s="191"/>
+      <c r="O218" s="191"/>
+      <c r="P218" s="191"/>
+      <c r="Q218" s="180"/>
+      <c r="R218" s="288"/>
+    </row>
+    <row r="219" spans="1:20" ht="69" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A219" s="203" t="s">
+        <v>282</v>
+      </c>
+      <c r="B219" s="203" t="s">
+        <v>276</v>
+      </c>
+      <c r="C219" s="203" t="s">
+        <v>24</v>
+      </c>
+      <c r="D219" s="289" t="s">
+        <v>277</v>
+      </c>
+      <c r="E219" s="316" t="s">
+        <v>278</v>
+      </c>
+      <c r="F219" s="317"/>
+      <c r="G219" s="289" t="s">
+        <v>279</v>
+      </c>
+      <c r="H219" s="131" t="s">
+        <v>109</v>
+      </c>
+      <c r="I219" s="307" t="s">
+        <v>280</v>
+      </c>
+      <c r="J219" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K219" s="177">
+        <v>0</v>
+      </c>
+      <c r="L219" s="190"/>
+      <c r="M219" s="191"/>
+      <c r="N219" s="191"/>
+      <c r="O219" s="191"/>
+      <c r="P219" s="191"/>
+      <c r="Q219" s="180"/>
+      <c r="R219" s="288"/>
+    </row>
+    <row r="220" spans="1:20" ht="26.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A220" s="156" t="s">
+        <v>283</v>
+      </c>
+      <c r="B220" s="157"/>
+      <c r="C220" s="157"/>
+      <c r="D220" s="157"/>
+      <c r="E220" s="157"/>
+      <c r="F220" s="157"/>
+      <c r="G220" s="157"/>
+      <c r="H220" s="157"/>
+      <c r="I220" s="157"/>
+      <c r="J220" s="157"/>
+      <c r="K220" s="158"/>
+      <c r="L220" s="318" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="221" spans="1:20" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A221" s="319" t="s">
+        <v>284</v>
+      </c>
+      <c r="B221" s="320"/>
+      <c r="C221" s="320"/>
+      <c r="D221" s="320"/>
+      <c r="E221" s="320"/>
+      <c r="F221" s="320"/>
+      <c r="G221" s="320"/>
+      <c r="H221" s="320"/>
+      <c r="I221" s="320"/>
+      <c r="J221" s="320"/>
+      <c r="K221" s="321"/>
+      <c r="L221" s="218" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="222" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A222" s="219" t="s">
+        <v>286</v>
+      </c>
+      <c r="B222" s="220"/>
+      <c r="C222" s="220"/>
+      <c r="D222" s="220"/>
+      <c r="E222" s="220"/>
+      <c r="F222" s="220"/>
+      <c r="G222" s="220"/>
+      <c r="H222" s="220"/>
+      <c r="I222" s="220"/>
+      <c r="J222" s="220"/>
+      <c r="K222" s="322"/>
+      <c r="L222" s="218" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="223" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="L223" s="309"/>
+      <c r="M223" s="310"/>
+      <c r="N223" s="309"/>
+      <c r="O223" s="309"/>
+      <c r="P223" s="309"/>
+      <c r="Q223" s="311"/>
+    </row>
+    <row r="224" spans="1:20" s="117" customFormat="1" ht="38.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A224" s="119" t="s">
+        <v>43</v>
+      </c>
+      <c r="B224" s="119"/>
+      <c r="C224" s="119"/>
+      <c r="D224" s="119"/>
+      <c r="E224" s="119"/>
+      <c r="F224" s="119"/>
+      <c r="G224" s="119"/>
+      <c r="H224" s="119"/>
+      <c r="I224" s="119"/>
+      <c r="J224" s="119"/>
+      <c r="K224" s="120"/>
+      <c r="Q224" s="118"/>
+    </row>
+    <row r="225" spans="1:17" s="117" customFormat="1" ht="38.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A225" s="121" t="s">
+        <v>49</v>
+      </c>
+      <c r="B225" s="122" t="s">
+        <v>50</v>
+      </c>
+      <c r="C225" s="122" t="s">
+        <v>51</v>
+      </c>
+      <c r="D225" s="122" t="s">
+        <v>52</v>
+      </c>
+      <c r="E225" s="123" t="s">
+        <v>53</v>
+      </c>
+      <c r="F225" s="124"/>
+      <c r="G225" s="122" t="s">
+        <v>54</v>
+      </c>
+      <c r="H225" s="122" t="s">
+        <v>55</v>
+      </c>
+      <c r="I225" s="122" t="s">
+        <v>56</v>
+      </c>
+      <c r="J225" s="122" t="s">
+        <v>57</v>
+      </c>
+      <c r="K225" s="121" t="s">
+        <v>58</v>
+      </c>
+      <c r="Q225" s="118"/>
+    </row>
+    <row r="226" spans="1:17" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A226" s="127" t="s">
+        <v>287</v>
+      </c>
+      <c r="B226" s="127" t="s">
+        <v>288</v>
+      </c>
+      <c r="C226" s="127" t="s">
+        <v>289</v>
+      </c>
+      <c r="D226" s="127" t="s">
+        <v>290</v>
+      </c>
+      <c r="E226" s="174" t="s">
+        <v>291</v>
+      </c>
+      <c r="F226" s="175"/>
+      <c r="G226" s="127" t="s">
+        <v>292</v>
+      </c>
+      <c r="H226" s="127" t="s">
+        <v>293</v>
+      </c>
+      <c r="I226" s="131" t="s">
+        <v>67</v>
+      </c>
+      <c r="J226" s="131" t="s">
+        <v>98</v>
+      </c>
+      <c r="K226" s="147">
+        <v>90</v>
+      </c>
+      <c r="Q226" s="118"/>
+    </row>
+    <row r="227" spans="1:17" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A227" s="133"/>
+      <c r="B227" s="133"/>
+      <c r="C227" s="133"/>
+      <c r="D227" s="133"/>
+      <c r="E227" s="187"/>
+      <c r="F227" s="188"/>
+      <c r="G227" s="133"/>
+      <c r="H227" s="133"/>
+      <c r="I227" s="131" t="s">
+        <v>29</v>
+      </c>
+      <c r="J227" s="131" t="s">
+        <v>98</v>
+      </c>
+      <c r="K227" s="147">
+        <v>98</v>
+      </c>
+      <c r="Q227" s="118"/>
+    </row>
+    <row r="228" spans="1:17" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A228" s="133"/>
+      <c r="B228" s="133"/>
+      <c r="C228" s="133"/>
+      <c r="D228" s="133"/>
+      <c r="E228" s="187"/>
+      <c r="F228" s="188"/>
+      <c r="G228" s="133"/>
+      <c r="H228" s="133"/>
+      <c r="I228" s="131" t="s">
+        <v>28</v>
+      </c>
+      <c r="J228" s="131" t="s">
+        <v>98</v>
+      </c>
+      <c r="K228" s="147">
+        <v>98</v>
+      </c>
+      <c r="Q228" s="118"/>
+    </row>
+    <row r="229" spans="1:17" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A229" s="133"/>
+      <c r="B229" s="133"/>
+      <c r="C229" s="133"/>
+      <c r="D229" s="133"/>
+      <c r="E229" s="187"/>
+      <c r="F229" s="188"/>
+      <c r="G229" s="133"/>
+      <c r="H229" s="133"/>
+      <c r="I229" s="131" t="s">
+        <v>70</v>
+      </c>
+      <c r="J229" s="131" t="s">
+        <v>98</v>
+      </c>
+      <c r="K229" s="147">
+        <v>98</v>
+      </c>
+      <c r="Q229" s="118"/>
+    </row>
+    <row r="230" spans="1:17" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A230" s="133"/>
+      <c r="B230" s="133"/>
+      <c r="C230" s="133"/>
+      <c r="D230" s="133"/>
+      <c r="E230" s="187"/>
+      <c r="F230" s="188"/>
+      <c r="G230" s="133"/>
+      <c r="H230" s="133"/>
+      <c r="I230" s="131" t="s">
+        <v>72</v>
+      </c>
+      <c r="J230" s="131" t="s">
+        <v>98</v>
+      </c>
+      <c r="K230" s="147">
+        <v>95</v>
+      </c>
+      <c r="Q230" s="118"/>
+    </row>
+    <row r="231" spans="1:17" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A231" s="138"/>
+      <c r="B231" s="138"/>
+      <c r="C231" s="138"/>
+      <c r="D231" s="138"/>
+      <c r="E231" s="197"/>
+      <c r="F231" s="198"/>
+      <c r="G231" s="138"/>
+      <c r="H231" s="138"/>
+      <c r="I231" s="131" t="s">
+        <v>31</v>
+      </c>
+      <c r="J231" s="131" t="s">
+        <v>98</v>
+      </c>
+      <c r="K231" s="147">
+        <v>95</v>
+      </c>
+      <c r="Q231" s="118"/>
+    </row>
+    <row r="232" spans="1:17" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A232" s="127" t="s">
+        <v>294</v>
+      </c>
+      <c r="B232" s="127" t="s">
+        <v>295</v>
+      </c>
+      <c r="C232" s="127" t="s">
+        <v>23</v>
+      </c>
+      <c r="D232" s="127" t="s">
+        <v>296</v>
+      </c>
+      <c r="E232" s="174" t="s">
+        <v>297</v>
+      </c>
+      <c r="F232" s="175"/>
+      <c r="G232" s="127" t="s">
+        <v>298</v>
+      </c>
+      <c r="H232" s="127" t="s">
+        <v>299</v>
+      </c>
+      <c r="I232" s="131" t="s">
+        <v>67</v>
+      </c>
+      <c r="J232" s="131" t="s">
+        <v>68</v>
+      </c>
+      <c r="K232" s="147">
+        <v>4</v>
+      </c>
+      <c r="Q232" s="118"/>
+    </row>
+    <row r="233" spans="1:17" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A233" s="133"/>
+      <c r="B233" s="133"/>
+      <c r="C233" s="133"/>
+      <c r="D233" s="133"/>
+      <c r="E233" s="187"/>
+      <c r="F233" s="188"/>
+      <c r="G233" s="133"/>
+      <c r="H233" s="133"/>
+      <c r="I233" s="131" t="s">
+        <v>29</v>
+      </c>
+      <c r="J233" s="131" t="s">
+        <v>68</v>
+      </c>
+      <c r="K233" s="147">
+        <v>8</v>
+      </c>
+      <c r="Q233" s="118"/>
+    </row>
+    <row r="234" spans="1:17" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A234" s="133"/>
+      <c r="B234" s="133"/>
+      <c r="C234" s="133"/>
+      <c r="D234" s="133"/>
+      <c r="E234" s="187"/>
+      <c r="F234" s="188"/>
+      <c r="G234" s="133"/>
+      <c r="H234" s="133"/>
+      <c r="I234" s="131" t="s">
+        <v>28</v>
+      </c>
+      <c r="J234" s="131" t="s">
+        <v>300</v>
+      </c>
+      <c r="K234" s="147">
+        <v>8</v>
+      </c>
+      <c r="Q234" s="118"/>
+    </row>
+    <row r="235" spans="1:17" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A235" s="133"/>
+      <c r="B235" s="133"/>
+      <c r="C235" s="133"/>
+      <c r="D235" s="133"/>
+      <c r="E235" s="187"/>
+      <c r="F235" s="188"/>
+      <c r="G235" s="133"/>
+      <c r="H235" s="133"/>
+      <c r="I235" s="131" t="s">
+        <v>70</v>
+      </c>
+      <c r="J235" s="131" t="s">
+        <v>300</v>
+      </c>
+      <c r="K235" s="147">
+        <v>7</v>
+      </c>
+      <c r="Q235" s="118"/>
+    </row>
+    <row r="236" spans="1:17" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A236" s="133"/>
+      <c r="B236" s="133"/>
+      <c r="C236" s="133"/>
+      <c r="D236" s="133"/>
+      <c r="E236" s="187"/>
+      <c r="F236" s="188"/>
+      <c r="G236" s="133"/>
+      <c r="H236" s="133"/>
+      <c r="I236" s="131" t="s">
+        <v>72</v>
+      </c>
+      <c r="J236" s="131" t="s">
+        <v>68</v>
+      </c>
+      <c r="K236" s="323">
+        <v>5</v>
+      </c>
+      <c r="Q236" s="118"/>
+    </row>
+    <row r="237" spans="1:17" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A237" s="138"/>
+      <c r="B237" s="138"/>
+      <c r="C237" s="138"/>
+      <c r="D237" s="138"/>
+      <c r="E237" s="197"/>
+      <c r="F237" s="198"/>
+      <c r="G237" s="138"/>
+      <c r="H237" s="138"/>
+      <c r="I237" s="131" t="s">
+        <v>31</v>
+      </c>
+      <c r="J237" s="131" t="s">
+        <v>98</v>
+      </c>
+      <c r="K237" s="147">
+        <v>5</v>
+      </c>
+      <c r="Q237" s="118"/>
+    </row>
+    <row r="238" spans="1:17" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A238" s="127" t="s">
+        <v>301</v>
+      </c>
+      <c r="B238" s="127" t="s">
+        <v>302</v>
+      </c>
+      <c r="C238" s="127" t="s">
+        <v>247</v>
+      </c>
+      <c r="D238" s="127" t="s">
+        <v>296</v>
+      </c>
+      <c r="E238" s="174" t="s">
+        <v>303</v>
+      </c>
+      <c r="F238" s="175"/>
+      <c r="G238" s="127" t="s">
+        <v>304</v>
+      </c>
+      <c r="H238" s="127" t="s">
+        <v>214</v>
+      </c>
+      <c r="I238" s="131" t="s">
+        <v>67</v>
+      </c>
+      <c r="J238" s="131" t="s">
+        <v>98</v>
+      </c>
+      <c r="K238" s="148">
+        <v>0.92</v>
+      </c>
+      <c r="Q238" s="118"/>
+    </row>
+    <row r="239" spans="1:17" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A239" s="133"/>
+      <c r="B239" s="133"/>
+      <c r="C239" s="133"/>
+      <c r="D239" s="133"/>
+      <c r="E239" s="187"/>
+      <c r="F239" s="188"/>
+      <c r="G239" s="133"/>
+      <c r="H239" s="133"/>
+      <c r="I239" s="131" t="s">
+        <v>29</v>
+      </c>
+      <c r="J239" s="131" t="s">
+        <v>98</v>
+      </c>
+      <c r="K239" s="148">
+        <v>0.92</v>
+      </c>
+      <c r="Q239" s="118"/>
+    </row>
+    <row r="240" spans="1:17" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A240" s="133"/>
+      <c r="B240" s="133"/>
+      <c r="C240" s="133"/>
+      <c r="D240" s="133"/>
+      <c r="E240" s="187"/>
+      <c r="F240" s="188"/>
+      <c r="G240" s="133"/>
+      <c r="H240" s="133"/>
+      <c r="I240" s="131" t="s">
+        <v>28</v>
+      </c>
+      <c r="J240" s="131" t="s">
+        <v>98</v>
+      </c>
+      <c r="K240" s="148">
+        <v>0.92</v>
+      </c>
+      <c r="Q240" s="118"/>
+    </row>
+    <row r="241" spans="1:18" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A241" s="133"/>
+      <c r="B241" s="133"/>
+      <c r="C241" s="133"/>
+      <c r="D241" s="133"/>
+      <c r="E241" s="187"/>
+      <c r="F241" s="188"/>
+      <c r="G241" s="133"/>
+      <c r="H241" s="133"/>
+      <c r="I241" s="131" t="s">
+        <v>70</v>
+      </c>
+      <c r="J241" s="131" t="s">
+        <v>98</v>
+      </c>
+      <c r="K241" s="148">
+        <v>0.92</v>
+      </c>
+      <c r="Q241" s="118"/>
+    </row>
+    <row r="242" spans="1:18" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A242" s="133"/>
+      <c r="B242" s="133"/>
+      <c r="C242" s="133"/>
+      <c r="D242" s="133"/>
+      <c r="E242" s="187"/>
+      <c r="F242" s="188"/>
+      <c r="G242" s="133"/>
+      <c r="H242" s="133"/>
+      <c r="I242" s="131" t="s">
+        <v>72</v>
+      </c>
+      <c r="J242" s="131" t="s">
+        <v>98</v>
+      </c>
+      <c r="K242" s="148">
+        <v>0.92</v>
+      </c>
+      <c r="Q242" s="118"/>
+    </row>
+    <row r="243" spans="1:18" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A243" s="138"/>
+      <c r="B243" s="138"/>
+      <c r="C243" s="138"/>
+      <c r="D243" s="138"/>
+      <c r="E243" s="197"/>
+      <c r="F243" s="198"/>
+      <c r="G243" s="138"/>
+      <c r="H243" s="138"/>
+      <c r="I243" s="131" t="s">
+        <v>31</v>
+      </c>
+      <c r="J243" s="131" t="s">
+        <v>98</v>
+      </c>
+      <c r="K243" s="148">
+        <v>0.92</v>
+      </c>
+      <c r="Q243" s="118"/>
+    </row>
+    <row r="244" spans="1:18" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A244" s="156" t="s">
+        <v>44</v>
+      </c>
+      <c r="B244" s="157"/>
+      <c r="C244" s="157"/>
+      <c r="D244" s="157"/>
+      <c r="E244" s="157"/>
+      <c r="F244" s="157"/>
+      <c r="G244" s="157"/>
+      <c r="H244" s="157"/>
+      <c r="I244" s="157"/>
+      <c r="J244" s="157"/>
+      <c r="K244" s="158"/>
+      <c r="L244" s="159">
+        <v>2026</v>
+      </c>
+      <c r="M244" s="160"/>
+      <c r="N244" s="160"/>
+      <c r="O244" s="160"/>
+      <c r="P244" s="161"/>
+    </row>
+    <row r="245" spans="1:18" s="117" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A245" s="162" t="s">
+        <v>49</v>
+      </c>
+      <c r="B245" s="163" t="s">
+        <v>50</v>
+      </c>
+      <c r="C245" s="163" t="s">
+        <v>51</v>
+      </c>
+      <c r="D245" s="163" t="s">
+        <v>84</v>
+      </c>
+      <c r="E245" s="164" t="s">
+        <v>85</v>
+      </c>
+      <c r="F245" s="165"/>
+      <c r="G245" s="163" t="s">
+        <v>54</v>
+      </c>
+      <c r="H245" s="166" t="s">
+        <v>55</v>
+      </c>
+      <c r="I245" s="167" t="s">
+        <v>56</v>
+      </c>
+      <c r="J245" s="167" t="s">
+        <v>57</v>
+      </c>
+      <c r="K245" s="168" t="s">
+        <v>58</v>
+      </c>
+      <c r="L245" s="169" t="s">
+        <v>59</v>
+      </c>
+      <c r="M245" s="170" t="s">
+        <v>86</v>
+      </c>
+      <c r="N245" s="170" t="s">
+        <v>87</v>
+      </c>
+      <c r="O245" s="170" t="s">
+        <v>88</v>
+      </c>
+      <c r="P245" s="170" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q245" s="170" t="s">
+        <v>90</v>
+      </c>
+      <c r="R245" s="170" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="246" spans="1:18" s="183" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A246" s="127" t="s">
+        <v>305</v>
+      </c>
+      <c r="B246" s="127" t="s">
+        <v>306</v>
+      </c>
+      <c r="C246" s="127" t="s">
+        <v>23</v>
+      </c>
+      <c r="D246" s="127" t="s">
+        <v>307</v>
+      </c>
+      <c r="E246" s="174" t="s">
+        <v>308</v>
+      </c>
+      <c r="F246" s="175"/>
+      <c r="G246" s="127" t="s">
+        <v>309</v>
+      </c>
+      <c r="H246" s="127" t="s">
+        <v>81</v>
+      </c>
+      <c r="I246" s="176" t="s">
+        <v>97</v>
+      </c>
+      <c r="J246" s="176" t="s">
+        <v>98</v>
+      </c>
+      <c r="K246" s="177">
+        <v>9332</v>
+      </c>
+      <c r="L246" s="178">
+        <v>10000</v>
+      </c>
+      <c r="M246" s="179"/>
+      <c r="N246" s="179"/>
+      <c r="O246" s="179"/>
+      <c r="P246" s="179">
+        <v>0</v>
+      </c>
+      <c r="Q246" s="282">
+        <v>1200</v>
+      </c>
+      <c r="R246" s="283">
+        <v>10020000</v>
+      </c>
+    </row>
+    <row r="247" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A247" s="133"/>
+      <c r="B247" s="133"/>
+      <c r="C247" s="133"/>
+      <c r="D247" s="133"/>
+      <c r="E247" s="187"/>
+      <c r="F247" s="188"/>
+      <c r="G247" s="133"/>
+      <c r="H247" s="133"/>
+      <c r="I247" s="189" t="s">
+        <v>67</v>
+      </c>
+      <c r="J247" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K247" s="177">
+        <v>2543</v>
+      </c>
+      <c r="L247" s="190">
+        <v>5400</v>
+      </c>
+      <c r="M247" s="191"/>
+      <c r="N247" s="191"/>
+      <c r="O247" s="191"/>
+      <c r="P247" s="191"/>
+      <c r="Q247" s="180"/>
+      <c r="R247" s="288"/>
+    </row>
+    <row r="248" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A248" s="133"/>
+      <c r="B248" s="133"/>
+      <c r="C248" s="133"/>
+      <c r="D248" s="133"/>
+      <c r="E248" s="187"/>
+      <c r="F248" s="188"/>
+      <c r="G248" s="133"/>
+      <c r="H248" s="133"/>
+      <c r="I248" s="189" t="s">
+        <v>29</v>
+      </c>
+      <c r="J248" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K248" s="177">
+        <v>628</v>
+      </c>
+      <c r="L248" s="190">
+        <v>400</v>
+      </c>
+      <c r="M248" s="191"/>
+      <c r="N248" s="191"/>
+      <c r="O248" s="191"/>
+      <c r="P248" s="191"/>
+      <c r="Q248" s="180"/>
+      <c r="R248" s="288"/>
+    </row>
+    <row r="249" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A249" s="133"/>
+      <c r="B249" s="133"/>
+      <c r="C249" s="133"/>
+      <c r="D249" s="133"/>
+      <c r="E249" s="187"/>
+      <c r="F249" s="188"/>
+      <c r="G249" s="133"/>
+      <c r="H249" s="133"/>
+      <c r="I249" s="189" t="s">
+        <v>28</v>
+      </c>
+      <c r="J249" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K249" s="177">
+        <v>103</v>
+      </c>
+      <c r="L249" s="190">
+        <v>100</v>
+      </c>
+      <c r="M249" s="191"/>
+      <c r="N249" s="191"/>
+      <c r="O249" s="191"/>
+      <c r="P249" s="191"/>
+      <c r="Q249" s="180"/>
+      <c r="R249" s="288"/>
+    </row>
+    <row r="250" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A250" s="133"/>
+      <c r="B250" s="133"/>
+      <c r="C250" s="133"/>
+      <c r="D250" s="133"/>
+      <c r="E250" s="187"/>
+      <c r="F250" s="188"/>
+      <c r="G250" s="133"/>
+      <c r="H250" s="133"/>
+      <c r="I250" s="189" t="s">
+        <v>70</v>
+      </c>
+      <c r="J250" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K250" s="177">
+        <v>5987</v>
+      </c>
+      <c r="L250" s="190">
+        <v>4000</v>
+      </c>
+      <c r="M250" s="191"/>
+      <c r="N250" s="191"/>
+      <c r="O250" s="191"/>
+      <c r="P250" s="191"/>
+      <c r="Q250" s="180"/>
+      <c r="R250" s="288"/>
+    </row>
+    <row r="251" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A251" s="133"/>
+      <c r="B251" s="133"/>
+      <c r="C251" s="133"/>
+      <c r="D251" s="133"/>
+      <c r="E251" s="187"/>
+      <c r="F251" s="188"/>
+      <c r="G251" s="133"/>
+      <c r="H251" s="133"/>
+      <c r="I251" s="189" t="s">
+        <v>30</v>
+      </c>
+      <c r="J251" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K251" s="177">
+        <v>11</v>
+      </c>
+      <c r="L251" s="190">
+        <v>100</v>
+      </c>
+      <c r="M251" s="191"/>
+      <c r="N251" s="191"/>
+      <c r="O251" s="191"/>
+      <c r="P251" s="191"/>
+      <c r="Q251" s="180"/>
+      <c r="R251" s="288"/>
+    </row>
+    <row r="252" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A252" s="138"/>
+      <c r="B252" s="138"/>
+      <c r="C252" s="138"/>
+      <c r="D252" s="138"/>
+      <c r="E252" s="197"/>
+      <c r="F252" s="198"/>
+      <c r="G252" s="138"/>
+      <c r="H252" s="138"/>
+      <c r="I252" s="284" t="s">
+        <v>31</v>
+      </c>
+      <c r="J252" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K252" s="177">
         <v>60</v>
       </c>
-      <c r="N4" s="116" t="s">
+      <c r="L252" s="190"/>
+      <c r="M252" s="191"/>
+      <c r="N252" s="191"/>
+      <c r="O252" s="191"/>
+      <c r="P252" s="191"/>
+      <c r="Q252" s="180"/>
+      <c r="R252" s="288"/>
+    </row>
+    <row r="253" spans="1:18" s="183" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A253" s="127" t="s">
+        <v>310</v>
+      </c>
+      <c r="B253" s="127" t="s">
+        <v>311</v>
+      </c>
+      <c r="C253" s="127" t="s">
+        <v>62</v>
+      </c>
+      <c r="D253" s="127" t="s">
+        <v>312</v>
+      </c>
+      <c r="E253" s="174" t="s">
+        <v>313</v>
+      </c>
+      <c r="F253" s="175"/>
+      <c r="G253" s="127" t="s">
+        <v>314</v>
+      </c>
+      <c r="H253" s="127" t="s">
+        <v>81</v>
+      </c>
+      <c r="I253" s="176" t="s">
+        <v>97</v>
+      </c>
+      <c r="J253" s="176" t="s">
+        <v>98</v>
+      </c>
+      <c r="K253" s="177">
+        <v>0</v>
+      </c>
+      <c r="L253" s="178">
+        <v>15000</v>
+      </c>
+      <c r="M253" s="179"/>
+      <c r="N253" s="179"/>
+      <c r="O253" s="179"/>
+      <c r="P253" s="179">
+        <v>0</v>
+      </c>
+      <c r="Q253" s="282">
+        <v>300</v>
+      </c>
+      <c r="R253" s="283">
+        <v>4500000</v>
+      </c>
+    </row>
+    <row r="254" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A254" s="133"/>
+      <c r="B254" s="133"/>
+      <c r="C254" s="133"/>
+      <c r="D254" s="133"/>
+      <c r="E254" s="187"/>
+      <c r="F254" s="188"/>
+      <c r="G254" s="133"/>
+      <c r="H254" s="133"/>
+      <c r="I254" s="189" t="s">
+        <v>67</v>
+      </c>
+      <c r="J254" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K254" s="177">
+        <v>0</v>
+      </c>
+      <c r="L254" s="190">
+        <v>5000</v>
+      </c>
+      <c r="M254" s="191"/>
+      <c r="N254" s="191"/>
+      <c r="O254" s="191"/>
+      <c r="P254" s="191"/>
+      <c r="Q254" s="180"/>
+      <c r="R254" s="288"/>
+    </row>
+    <row r="255" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A255" s="133"/>
+      <c r="B255" s="133"/>
+      <c r="C255" s="133"/>
+      <c r="D255" s="133"/>
+      <c r="E255" s="187"/>
+      <c r="F255" s="188"/>
+      <c r="G255" s="133"/>
+      <c r="H255" s="133"/>
+      <c r="I255" s="189" t="s">
+        <v>29</v>
+      </c>
+      <c r="J255" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K255" s="177">
+        <v>0</v>
+      </c>
+      <c r="L255" s="190">
+        <v>500</v>
+      </c>
+      <c r="M255" s="191"/>
+      <c r="N255" s="191"/>
+      <c r="O255" s="191"/>
+      <c r="P255" s="191"/>
+      <c r="Q255" s="180"/>
+      <c r="R255" s="288"/>
+    </row>
+    <row r="256" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A256" s="133"/>
+      <c r="B256" s="133"/>
+      <c r="C256" s="133"/>
+      <c r="D256" s="133"/>
+      <c r="E256" s="187"/>
+      <c r="F256" s="188"/>
+      <c r="G256" s="133"/>
+      <c r="H256" s="133"/>
+      <c r="I256" s="189" t="s">
+        <v>28</v>
+      </c>
+      <c r="J256" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K256" s="177">
+        <v>0</v>
+      </c>
+      <c r="L256" s="190">
+        <v>200</v>
+      </c>
+      <c r="M256" s="191"/>
+      <c r="N256" s="191"/>
+      <c r="O256" s="191"/>
+      <c r="P256" s="191"/>
+      <c r="Q256" s="180"/>
+      <c r="R256" s="288"/>
+    </row>
+    <row r="257" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A257" s="133"/>
+      <c r="B257" s="133"/>
+      <c r="C257" s="133"/>
+      <c r="D257" s="133"/>
+      <c r="E257" s="187"/>
+      <c r="F257" s="188"/>
+      <c r="G257" s="133"/>
+      <c r="H257" s="133"/>
+      <c r="I257" s="189" t="s">
+        <v>70</v>
+      </c>
+      <c r="J257" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K257" s="177">
+        <v>0</v>
+      </c>
+      <c r="L257" s="190">
+        <v>7000</v>
+      </c>
+      <c r="M257" s="191"/>
+      <c r="N257" s="191"/>
+      <c r="O257" s="191"/>
+      <c r="P257" s="191"/>
+      <c r="Q257" s="180"/>
+      <c r="R257" s="288"/>
+    </row>
+    <row r="258" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A258" s="133"/>
+      <c r="B258" s="133"/>
+      <c r="C258" s="133"/>
+      <c r="D258" s="133"/>
+      <c r="E258" s="187"/>
+      <c r="F258" s="188"/>
+      <c r="G258" s="133"/>
+      <c r="H258" s="133"/>
+      <c r="I258" s="189" t="s">
+        <v>30</v>
+      </c>
+      <c r="J258" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K258" s="177">
+        <v>0</v>
+      </c>
+      <c r="L258" s="190">
+        <v>2000</v>
+      </c>
+      <c r="M258" s="191"/>
+      <c r="N258" s="191"/>
+      <c r="O258" s="191"/>
+      <c r="P258" s="191"/>
+      <c r="Q258" s="180"/>
+      <c r="R258" s="288"/>
+    </row>
+    <row r="259" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A259" s="138"/>
+      <c r="B259" s="138"/>
+      <c r="C259" s="138"/>
+      <c r="D259" s="138"/>
+      <c r="E259" s="197"/>
+      <c r="F259" s="198"/>
+      <c r="G259" s="138"/>
+      <c r="H259" s="138"/>
+      <c r="I259" s="284" t="s">
+        <v>31</v>
+      </c>
+      <c r="J259" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K259" s="177">
+        <v>0</v>
+      </c>
+      <c r="L259" s="190">
+        <v>300</v>
+      </c>
+      <c r="M259" s="191"/>
+      <c r="N259" s="191"/>
+      <c r="O259" s="191"/>
+      <c r="P259" s="191"/>
+      <c r="Q259" s="180"/>
+      <c r="R259" s="288"/>
+    </row>
+    <row r="260" spans="1:20" s="183" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A260" s="127" t="s">
+        <v>315</v>
+      </c>
+      <c r="B260" s="127" t="s">
+        <v>316</v>
+      </c>
+      <c r="C260" s="127" t="s">
+        <v>23</v>
+      </c>
+      <c r="D260" s="127" t="s">
+        <v>307</v>
+      </c>
+      <c r="E260" s="174" t="s">
+        <v>317</v>
+      </c>
+      <c r="F260" s="175"/>
+      <c r="G260" s="127" t="s">
+        <v>318</v>
+      </c>
+      <c r="H260" s="127" t="s">
+        <v>81</v>
+      </c>
+      <c r="I260" s="176" t="s">
+        <v>97</v>
+      </c>
+      <c r="J260" s="176" t="s">
+        <v>98</v>
+      </c>
+      <c r="K260" s="177">
+        <v>31450</v>
+      </c>
+      <c r="L260" s="178">
+        <v>33000</v>
+      </c>
+      <c r="M260" s="179"/>
+      <c r="N260" s="179"/>
+      <c r="O260" s="179"/>
+      <c r="P260" s="179">
+        <v>0</v>
+      </c>
+      <c r="Q260" s="282">
+        <v>200</v>
+      </c>
+      <c r="R260" s="283">
+        <v>6600000</v>
+      </c>
+    </row>
+    <row r="261" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A261" s="133"/>
+      <c r="B261" s="133"/>
+      <c r="C261" s="133"/>
+      <c r="D261" s="133"/>
+      <c r="E261" s="187"/>
+      <c r="F261" s="188"/>
+      <c r="G261" s="133"/>
+      <c r="H261" s="133"/>
+      <c r="I261" s="189" t="s">
+        <v>67</v>
+      </c>
+      <c r="J261" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K261" s="177">
+        <v>15116</v>
+      </c>
+      <c r="L261" s="190">
+        <v>18400</v>
+      </c>
+      <c r="M261" s="191"/>
+      <c r="N261" s="191"/>
+      <c r="O261" s="191"/>
+      <c r="P261" s="191"/>
+      <c r="Q261" s="180"/>
+      <c r="R261" s="288"/>
+    </row>
+    <row r="262" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A262" s="133"/>
+      <c r="B262" s="133"/>
+      <c r="C262" s="133"/>
+      <c r="D262" s="133"/>
+      <c r="E262" s="187"/>
+      <c r="F262" s="188"/>
+      <c r="G262" s="133"/>
+      <c r="H262" s="133"/>
+      <c r="I262" s="189" t="s">
+        <v>29</v>
+      </c>
+      <c r="J262" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K262" s="177">
+        <v>1876</v>
+      </c>
+      <c r="L262" s="190">
+        <v>1300</v>
+      </c>
+      <c r="M262" s="191"/>
+      <c r="N262" s="191"/>
+      <c r="O262" s="191"/>
+      <c r="P262" s="191"/>
+      <c r="Q262" s="180"/>
+      <c r="R262" s="288"/>
+    </row>
+    <row r="263" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A263" s="133"/>
+      <c r="B263" s="133"/>
+      <c r="C263" s="133"/>
+      <c r="D263" s="133"/>
+      <c r="E263" s="187"/>
+      <c r="F263" s="188"/>
+      <c r="G263" s="133"/>
+      <c r="H263" s="133"/>
+      <c r="I263" s="189" t="s">
+        <v>28</v>
+      </c>
+      <c r="J263" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K263" s="177">
+        <v>499</v>
+      </c>
+      <c r="L263" s="190">
+        <v>150</v>
+      </c>
+      <c r="M263" s="191"/>
+      <c r="N263" s="191"/>
+      <c r="O263" s="191"/>
+      <c r="P263" s="191"/>
+      <c r="Q263" s="180"/>
+      <c r="R263" s="288"/>
+    </row>
+    <row r="264" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A264" s="133"/>
+      <c r="B264" s="133"/>
+      <c r="C264" s="133"/>
+      <c r="D264" s="133"/>
+      <c r="E264" s="187"/>
+      <c r="F264" s="188"/>
+      <c r="G264" s="133"/>
+      <c r="H264" s="133"/>
+      <c r="I264" s="189" t="s">
+        <v>70</v>
+      </c>
+      <c r="J264" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K264" s="177">
+        <v>13873</v>
+      </c>
+      <c r="L264" s="190">
+        <v>13000</v>
+      </c>
+      <c r="M264" s="191"/>
+      <c r="N264" s="191"/>
+      <c r="O264" s="191"/>
+      <c r="P264" s="191"/>
+      <c r="Q264" s="180"/>
+      <c r="R264" s="288"/>
+    </row>
+    <row r="265" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A265" s="133"/>
+      <c r="B265" s="133"/>
+      <c r="C265" s="133"/>
+      <c r="D265" s="133"/>
+      <c r="E265" s="187"/>
+      <c r="F265" s="188"/>
+      <c r="G265" s="133"/>
+      <c r="H265" s="133"/>
+      <c r="I265" s="189" t="s">
+        <v>30</v>
+      </c>
+      <c r="J265" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K265" s="177">
+        <v>1</v>
+      </c>
+      <c r="L265" s="190">
+        <v>150</v>
+      </c>
+      <c r="M265" s="191"/>
+      <c r="N265" s="191"/>
+      <c r="O265" s="191"/>
+      <c r="P265" s="191"/>
+      <c r="Q265" s="180"/>
+      <c r="R265" s="288"/>
+    </row>
+    <row r="266" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A266" s="138"/>
+      <c r="B266" s="138"/>
+      <c r="C266" s="138"/>
+      <c r="D266" s="138"/>
+      <c r="E266" s="197"/>
+      <c r="F266" s="198"/>
+      <c r="G266" s="138"/>
+      <c r="H266" s="138"/>
+      <c r="I266" s="284" t="s">
+        <v>31</v>
+      </c>
+      <c r="J266" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K266" s="177">
+        <v>85</v>
+      </c>
+      <c r="L266" s="190"/>
+      <c r="M266" s="191"/>
+      <c r="N266" s="191"/>
+      <c r="O266" s="191"/>
+      <c r="P266" s="191"/>
+      <c r="Q266" s="180"/>
+      <c r="R266" s="288"/>
+    </row>
+    <row r="267" spans="1:20" s="183" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A267" s="127" t="s">
+        <v>319</v>
+      </c>
+      <c r="B267" s="127" t="s">
+        <v>320</v>
+      </c>
+      <c r="C267" s="127" t="s">
+        <v>24</v>
+      </c>
+      <c r="D267" s="127" t="s">
+        <v>193</v>
+      </c>
+      <c r="E267" s="174" t="s">
+        <v>321</v>
+      </c>
+      <c r="F267" s="175"/>
+      <c r="G267" s="127" t="s">
+        <v>322</v>
+      </c>
+      <c r="H267" s="127" t="s">
+        <v>81</v>
+      </c>
+      <c r="I267" s="176" t="s">
+        <v>97</v>
+      </c>
+      <c r="J267" s="176" t="s">
+        <v>98</v>
+      </c>
+      <c r="K267" s="177">
+        <v>38963</v>
+      </c>
+      <c r="L267" s="178">
+        <v>40300</v>
+      </c>
+      <c r="M267" s="179"/>
+      <c r="N267" s="179"/>
+      <c r="O267" s="179"/>
+      <c r="P267" s="179">
+        <v>0</v>
+      </c>
+      <c r="Q267" s="285">
+        <v>400</v>
+      </c>
+      <c r="R267" s="286">
+        <v>16120000</v>
+      </c>
+      <c r="S267" s="210"/>
+      <c r="T267" s="210"/>
+    </row>
+    <row r="268" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A268" s="133"/>
+      <c r="B268" s="133"/>
+      <c r="C268" s="133"/>
+      <c r="D268" s="133"/>
+      <c r="E268" s="187"/>
+      <c r="F268" s="188"/>
+      <c r="G268" s="133"/>
+      <c r="H268" s="133"/>
+      <c r="I268" s="189" t="s">
+        <v>67</v>
+      </c>
+      <c r="J268" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K268" s="177">
+        <v>19216</v>
+      </c>
+      <c r="L268" s="190">
+        <v>17500</v>
+      </c>
+      <c r="M268" s="324">
+        <v>49.318584297923671</v>
+      </c>
+      <c r="N268" s="325"/>
+      <c r="O268" s="191"/>
+      <c r="P268" s="191"/>
+      <c r="Q268" s="180"/>
+      <c r="R268" s="288"/>
+    </row>
+    <row r="269" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A269" s="133"/>
+      <c r="B269" s="133"/>
+      <c r="C269" s="133"/>
+      <c r="D269" s="133"/>
+      <c r="E269" s="187"/>
+      <c r="F269" s="188"/>
+      <c r="G269" s="133"/>
+      <c r="H269" s="133"/>
+      <c r="I269" s="189" t="s">
+        <v>29</v>
+      </c>
+      <c r="J269" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K269" s="177">
+        <v>1843</v>
+      </c>
+      <c r="L269" s="190">
+        <v>2000</v>
+      </c>
+      <c r="M269" s="191"/>
+      <c r="N269" s="191"/>
+      <c r="O269" s="191"/>
+      <c r="P269" s="191"/>
+      <c r="Q269" s="180"/>
+      <c r="R269" s="288"/>
+    </row>
+    <row r="270" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A270" s="133"/>
+      <c r="B270" s="133"/>
+      <c r="C270" s="133"/>
+      <c r="D270" s="133"/>
+      <c r="E270" s="187"/>
+      <c r="F270" s="188"/>
+      <c r="G270" s="133"/>
+      <c r="H270" s="133"/>
+      <c r="I270" s="189" t="s">
+        <v>28</v>
+      </c>
+      <c r="J270" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K270" s="177">
+        <v>104</v>
+      </c>
+      <c r="L270" s="190">
+        <v>300</v>
+      </c>
+      <c r="M270" s="191"/>
+      <c r="N270" s="191"/>
+      <c r="O270" s="191"/>
+      <c r="P270" s="191"/>
+      <c r="Q270" s="180"/>
+      <c r="R270" s="288"/>
+    </row>
+    <row r="271" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A271" s="133"/>
+      <c r="B271" s="133"/>
+      <c r="C271" s="133"/>
+      <c r="D271" s="133"/>
+      <c r="E271" s="187"/>
+      <c r="F271" s="188"/>
+      <c r="G271" s="133"/>
+      <c r="H271" s="133"/>
+      <c r="I271" s="189" t="s">
+        <v>70</v>
+      </c>
+      <c r="J271" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K271" s="177">
+        <v>17062</v>
+      </c>
+      <c r="L271" s="190">
+        <v>18500</v>
+      </c>
+      <c r="M271" s="191"/>
+      <c r="N271" s="191"/>
+      <c r="O271" s="191"/>
+      <c r="P271" s="191"/>
+      <c r="Q271" s="180"/>
+      <c r="R271" s="288"/>
+    </row>
+    <row r="272" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A272" s="133"/>
+      <c r="B272" s="133"/>
+      <c r="C272" s="133"/>
+      <c r="D272" s="133"/>
+      <c r="E272" s="187"/>
+      <c r="F272" s="188"/>
+      <c r="G272" s="133"/>
+      <c r="H272" s="133"/>
+      <c r="I272" s="189" t="s">
+        <v>30</v>
+      </c>
+      <c r="J272" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K272" s="177">
+        <v>253</v>
+      </c>
+      <c r="L272" s="190">
+        <v>1500</v>
+      </c>
+      <c r="M272" s="191"/>
+      <c r="N272" s="191"/>
+      <c r="O272" s="191"/>
+      <c r="P272" s="191"/>
+      <c r="Q272" s="180"/>
+      <c r="R272" s="288"/>
+    </row>
+    <row r="273" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A273" s="138"/>
+      <c r="B273" s="138"/>
+      <c r="C273" s="138"/>
+      <c r="D273" s="138"/>
+      <c r="E273" s="197"/>
+      <c r="F273" s="198"/>
+      <c r="G273" s="138"/>
+      <c r="H273" s="138"/>
+      <c r="I273" s="284" t="s">
+        <v>31</v>
+      </c>
+      <c r="J273" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K273" s="177">
+        <v>485</v>
+      </c>
+      <c r="L273" s="190">
+        <v>500</v>
+      </c>
+      <c r="M273" s="191"/>
+      <c r="N273" s="191"/>
+      <c r="O273" s="191"/>
+      <c r="P273" s="191"/>
+      <c r="Q273" s="180"/>
+      <c r="R273" s="288"/>
+    </row>
+    <row r="274" spans="1:18" s="183" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A274" s="127" t="s">
+        <v>323</v>
+      </c>
+      <c r="B274" s="127" t="s">
+        <v>324</v>
+      </c>
+      <c r="C274" s="127" t="s">
+        <v>62</v>
+      </c>
+      <c r="D274" s="127" t="s">
+        <v>183</v>
+      </c>
+      <c r="E274" s="174" t="s">
+        <v>325</v>
+      </c>
+      <c r="F274" s="175"/>
+      <c r="G274" s="127" t="s">
+        <v>314</v>
+      </c>
+      <c r="H274" s="127" t="s">
+        <v>81</v>
+      </c>
+      <c r="I274" s="176" t="s">
+        <v>97</v>
+      </c>
+      <c r="J274" s="176" t="s">
+        <v>98</v>
+      </c>
+      <c r="K274" s="177">
+        <v>0</v>
+      </c>
+      <c r="L274" s="178">
+        <v>35300</v>
+      </c>
+      <c r="M274" s="179"/>
+      <c r="N274" s="179"/>
+      <c r="O274" s="179"/>
+      <c r="P274" s="179">
+        <v>0</v>
+      </c>
+      <c r="Q274" s="282">
+        <v>300</v>
+      </c>
+      <c r="R274" s="283">
+        <v>10590000</v>
+      </c>
+    </row>
+    <row r="275" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A275" s="133"/>
+      <c r="B275" s="133"/>
+      <c r="C275" s="133"/>
+      <c r="D275" s="133"/>
+      <c r="E275" s="187"/>
+      <c r="F275" s="188"/>
+      <c r="G275" s="133"/>
+      <c r="H275" s="133"/>
+      <c r="I275" s="189" t="s">
+        <v>67</v>
+      </c>
+      <c r="J275" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K275" s="177">
+        <v>0</v>
+      </c>
+      <c r="L275" s="190">
+        <v>20000</v>
+      </c>
+      <c r="M275" s="191"/>
+      <c r="N275" s="191"/>
+      <c r="O275" s="191"/>
+      <c r="P275" s="191"/>
+      <c r="Q275" s="180"/>
+      <c r="R275" s="288"/>
+    </row>
+    <row r="276" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A276" s="133"/>
+      <c r="B276" s="133"/>
+      <c r="C276" s="133"/>
+      <c r="D276" s="133"/>
+      <c r="E276" s="187"/>
+      <c r="F276" s="188"/>
+      <c r="G276" s="133"/>
+      <c r="H276" s="133"/>
+      <c r="I276" s="189" t="s">
+        <v>29</v>
+      </c>
+      <c r="J276" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K276" s="177">
+        <v>0</v>
+      </c>
+      <c r="L276" s="190">
+        <v>1000</v>
+      </c>
+      <c r="M276" s="191"/>
+      <c r="N276" s="191"/>
+      <c r="O276" s="191"/>
+      <c r="P276" s="191"/>
+      <c r="Q276" s="180"/>
+      <c r="R276" s="288"/>
+    </row>
+    <row r="277" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A277" s="133"/>
+      <c r="B277" s="133"/>
+      <c r="C277" s="133"/>
+      <c r="D277" s="133"/>
+      <c r="E277" s="187"/>
+      <c r="F277" s="188"/>
+      <c r="G277" s="133"/>
+      <c r="H277" s="133"/>
+      <c r="I277" s="189" t="s">
+        <v>28</v>
+      </c>
+      <c r="J277" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K277" s="177">
+        <v>0</v>
+      </c>
+      <c r="L277" s="190">
+        <v>500</v>
+      </c>
+      <c r="M277" s="191"/>
+      <c r="N277" s="191"/>
+      <c r="O277" s="191"/>
+      <c r="P277" s="191"/>
+      <c r="Q277" s="180"/>
+      <c r="R277" s="288"/>
+    </row>
+    <row r="278" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A278" s="133"/>
+      <c r="B278" s="133"/>
+      <c r="C278" s="133"/>
+      <c r="D278" s="133"/>
+      <c r="E278" s="187"/>
+      <c r="F278" s="188"/>
+      <c r="G278" s="133"/>
+      <c r="H278" s="133"/>
+      <c r="I278" s="189" t="s">
+        <v>70</v>
+      </c>
+      <c r="J278" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K278" s="177">
+        <v>0</v>
+      </c>
+      <c r="L278" s="190">
+        <v>10000</v>
+      </c>
+      <c r="M278" s="191"/>
+      <c r="N278" s="191"/>
+      <c r="O278" s="191"/>
+      <c r="P278" s="191"/>
+      <c r="Q278" s="180"/>
+      <c r="R278" s="288"/>
+    </row>
+    <row r="279" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A279" s="133"/>
+      <c r="B279" s="133"/>
+      <c r="C279" s="133"/>
+      <c r="D279" s="133"/>
+      <c r="E279" s="187"/>
+      <c r="F279" s="188"/>
+      <c r="G279" s="133"/>
+      <c r="H279" s="133"/>
+      <c r="I279" s="189" t="s">
+        <v>30</v>
+      </c>
+      <c r="J279" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K279" s="177">
+        <v>0</v>
+      </c>
+      <c r="L279" s="190">
+        <v>3500</v>
+      </c>
+      <c r="M279" s="191"/>
+      <c r="N279" s="191"/>
+      <c r="O279" s="191"/>
+      <c r="P279" s="191"/>
+      <c r="Q279" s="180"/>
+      <c r="R279" s="288"/>
+    </row>
+    <row r="280" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A280" s="138"/>
+      <c r="B280" s="138"/>
+      <c r="C280" s="138"/>
+      <c r="D280" s="138"/>
+      <c r="E280" s="197"/>
+      <c r="F280" s="198"/>
+      <c r="G280" s="138"/>
+      <c r="H280" s="138"/>
+      <c r="I280" s="284" t="s">
+        <v>31</v>
+      </c>
+      <c r="J280" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K280" s="177">
+        <v>0</v>
+      </c>
+      <c r="L280" s="190">
+        <v>300</v>
+      </c>
+      <c r="M280" s="191"/>
+      <c r="N280" s="191"/>
+      <c r="O280" s="191"/>
+      <c r="P280" s="191"/>
+      <c r="Q280" s="180"/>
+      <c r="R280" s="288"/>
+    </row>
+    <row r="281" spans="1:18" s="183" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A281" s="127" t="s">
+        <v>326</v>
+      </c>
+      <c r="B281" s="127" t="s">
+        <v>327</v>
+      </c>
+      <c r="C281" s="127" t="s">
+        <v>62</v>
+      </c>
+      <c r="D281" s="127" t="s">
+        <v>183</v>
+      </c>
+      <c r="E281" s="174" t="s">
+        <v>328</v>
+      </c>
+      <c r="F281" s="175"/>
+      <c r="G281" s="127" t="s">
+        <v>314</v>
+      </c>
+      <c r="H281" s="127" t="s">
+        <v>81</v>
+      </c>
+      <c r="I281" s="176" t="s">
+        <v>97</v>
+      </c>
+      <c r="J281" s="176" t="s">
+        <v>98</v>
+      </c>
+      <c r="K281" s="177">
+        <v>0</v>
+      </c>
+      <c r="L281" s="178">
+        <v>5000</v>
+      </c>
+      <c r="M281" s="179"/>
+      <c r="N281" s="179"/>
+      <c r="O281" s="179"/>
+      <c r="P281" s="179">
+        <v>0</v>
+      </c>
+      <c r="Q281" s="282">
+        <v>300</v>
+      </c>
+      <c r="R281" s="283">
+        <v>1500000</v>
+      </c>
+    </row>
+    <row r="282" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A282" s="133"/>
+      <c r="B282" s="133"/>
+      <c r="C282" s="133"/>
+      <c r="D282" s="133"/>
+      <c r="E282" s="187"/>
+      <c r="F282" s="188"/>
+      <c r="G282" s="133"/>
+      <c r="H282" s="133"/>
+      <c r="I282" s="189" t="s">
+        <v>67</v>
+      </c>
+      <c r="J282" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K282" s="177">
+        <v>0</v>
+      </c>
+      <c r="L282" s="190">
+        <v>1500</v>
+      </c>
+      <c r="M282" s="191"/>
+      <c r="N282" s="191"/>
+      <c r="O282" s="191"/>
+      <c r="P282" s="191"/>
+      <c r="Q282" s="180"/>
+      <c r="R282" s="288"/>
+    </row>
+    <row r="283" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A283" s="133"/>
+      <c r="B283" s="133"/>
+      <c r="C283" s="133"/>
+      <c r="D283" s="133"/>
+      <c r="E283" s="187"/>
+      <c r="F283" s="188"/>
+      <c r="G283" s="133"/>
+      <c r="H283" s="133"/>
+      <c r="I283" s="189" t="s">
+        <v>29</v>
+      </c>
+      <c r="J283" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K283" s="177">
+        <v>0</v>
+      </c>
+      <c r="L283" s="190">
+        <v>500</v>
+      </c>
+      <c r="M283" s="191"/>
+      <c r="N283" s="191"/>
+      <c r="O283" s="191"/>
+      <c r="P283" s="191"/>
+      <c r="Q283" s="180"/>
+      <c r="R283" s="288"/>
+    </row>
+    <row r="284" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A284" s="133"/>
+      <c r="B284" s="133"/>
+      <c r="C284" s="133"/>
+      <c r="D284" s="133"/>
+      <c r="E284" s="187"/>
+      <c r="F284" s="188"/>
+      <c r="G284" s="133"/>
+      <c r="H284" s="133"/>
+      <c r="I284" s="189" t="s">
+        <v>28</v>
+      </c>
+      <c r="J284" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K284" s="177">
+        <v>0</v>
+      </c>
+      <c r="L284" s="190">
+        <v>200</v>
+      </c>
+      <c r="M284" s="191"/>
+      <c r="N284" s="191"/>
+      <c r="O284" s="191"/>
+      <c r="P284" s="191"/>
+      <c r="Q284" s="180"/>
+      <c r="R284" s="288"/>
+    </row>
+    <row r="285" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A285" s="133"/>
+      <c r="B285" s="133"/>
+      <c r="C285" s="133"/>
+      <c r="D285" s="133"/>
+      <c r="E285" s="187"/>
+      <c r="F285" s="188"/>
+      <c r="G285" s="133"/>
+      <c r="H285" s="133"/>
+      <c r="I285" s="189" t="s">
+        <v>70</v>
+      </c>
+      <c r="J285" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K285" s="177">
+        <v>0</v>
+      </c>
+      <c r="L285" s="190">
+        <v>2000</v>
+      </c>
+      <c r="M285" s="191"/>
+      <c r="N285" s="191"/>
+      <c r="O285" s="191"/>
+      <c r="P285" s="191"/>
+      <c r="Q285" s="180"/>
+      <c r="R285" s="288"/>
+    </row>
+    <row r="286" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A286" s="133"/>
+      <c r="B286" s="133"/>
+      <c r="C286" s="133"/>
+      <c r="D286" s="133"/>
+      <c r="E286" s="187"/>
+      <c r="F286" s="188"/>
+      <c r="G286" s="133"/>
+      <c r="H286" s="133"/>
+      <c r="I286" s="189" t="s">
+        <v>30</v>
+      </c>
+      <c r="J286" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K286" s="177">
+        <v>0</v>
+      </c>
+      <c r="L286" s="190">
+        <v>500</v>
+      </c>
+      <c r="M286" s="191"/>
+      <c r="N286" s="191"/>
+      <c r="O286" s="191"/>
+      <c r="P286" s="191"/>
+      <c r="Q286" s="180"/>
+      <c r="R286" s="288"/>
+    </row>
+    <row r="287" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A287" s="138"/>
+      <c r="B287" s="138"/>
+      <c r="C287" s="138"/>
+      <c r="D287" s="138"/>
+      <c r="E287" s="197"/>
+      <c r="F287" s="198"/>
+      <c r="G287" s="138"/>
+      <c r="H287" s="138"/>
+      <c r="I287" s="284" t="s">
+        <v>31</v>
+      </c>
+      <c r="J287" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K287" s="177">
+        <v>0</v>
+      </c>
+      <c r="L287" s="190">
+        <v>300</v>
+      </c>
+      <c r="M287" s="191"/>
+      <c r="N287" s="191"/>
+      <c r="O287" s="191"/>
+      <c r="P287" s="191"/>
+      <c r="Q287" s="180"/>
+      <c r="R287" s="288"/>
+    </row>
+    <row r="288" spans="1:18" s="183" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A288" s="127" t="s">
+        <v>329</v>
+      </c>
+      <c r="B288" s="127" t="s">
+        <v>330</v>
+      </c>
+      <c r="C288" s="127" t="s">
+        <v>62</v>
+      </c>
+      <c r="D288" s="127" t="s">
+        <v>331</v>
+      </c>
+      <c r="E288" s="174" t="s">
+        <v>332</v>
+      </c>
+      <c r="F288" s="175"/>
+      <c r="G288" s="127" t="s">
+        <v>314</v>
+      </c>
+      <c r="H288" s="127" t="s">
+        <v>81</v>
+      </c>
+      <c r="I288" s="176" t="s">
+        <v>97</v>
+      </c>
+      <c r="J288" s="176" t="s">
+        <v>98</v>
+      </c>
+      <c r="K288" s="177">
+        <v>0</v>
+      </c>
+      <c r="L288" s="178">
+        <v>13148</v>
+      </c>
+      <c r="M288" s="179"/>
+      <c r="N288" s="179"/>
+      <c r="O288" s="179"/>
+      <c r="P288" s="179">
+        <v>0</v>
+      </c>
+      <c r="Q288" s="282">
+        <v>150</v>
+      </c>
+      <c r="R288" s="283">
+        <v>11833200</v>
+      </c>
+    </row>
+    <row r="289" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A289" s="133"/>
+      <c r="B289" s="133"/>
+      <c r="C289" s="133"/>
+      <c r="D289" s="133"/>
+      <c r="E289" s="187"/>
+      <c r="F289" s="188"/>
+      <c r="G289" s="133"/>
+      <c r="H289" s="133"/>
+      <c r="I289" s="189" t="s">
+        <v>67</v>
+      </c>
+      <c r="J289" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K289" s="177">
+        <v>0</v>
+      </c>
+      <c r="L289" s="190"/>
+      <c r="M289" s="191"/>
+      <c r="N289" s="191"/>
+      <c r="O289" s="191"/>
+      <c r="P289" s="191"/>
+      <c r="Q289" s="180"/>
+      <c r="R289" s="288"/>
+    </row>
+    <row r="290" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A290" s="133"/>
+      <c r="B290" s="133"/>
+      <c r="C290" s="133"/>
+      <c r="D290" s="133"/>
+      <c r="E290" s="187"/>
+      <c r="F290" s="188"/>
+      <c r="G290" s="133"/>
+      <c r="H290" s="133"/>
+      <c r="I290" s="189" t="s">
+        <v>29</v>
+      </c>
+      <c r="J290" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K290" s="177">
+        <v>0</v>
+      </c>
+      <c r="L290" s="190"/>
+      <c r="M290" s="191"/>
+      <c r="N290" s="191"/>
+      <c r="O290" s="191"/>
+      <c r="P290" s="191"/>
+      <c r="Q290" s="180"/>
+      <c r="R290" s="288"/>
+    </row>
+    <row r="291" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A291" s="133"/>
+      <c r="B291" s="133"/>
+      <c r="C291" s="133"/>
+      <c r="D291" s="133"/>
+      <c r="E291" s="187"/>
+      <c r="F291" s="188"/>
+      <c r="G291" s="133"/>
+      <c r="H291" s="133"/>
+      <c r="I291" s="189" t="s">
+        <v>28</v>
+      </c>
+      <c r="J291" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K291" s="177">
+        <v>0</v>
+      </c>
+      <c r="L291" s="190"/>
+      <c r="M291" s="191"/>
+      <c r="N291" s="191"/>
+      <c r="O291" s="191"/>
+      <c r="P291" s="191"/>
+      <c r="Q291" s="180"/>
+      <c r="R291" s="288"/>
+    </row>
+    <row r="292" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A292" s="133"/>
+      <c r="B292" s="133"/>
+      <c r="C292" s="133"/>
+      <c r="D292" s="133"/>
+      <c r="E292" s="187"/>
+      <c r="F292" s="188"/>
+      <c r="G292" s="133"/>
+      <c r="H292" s="133"/>
+      <c r="I292" s="189" t="s">
+        <v>70</v>
+      </c>
+      <c r="J292" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K292" s="177">
+        <v>0</v>
+      </c>
+      <c r="L292" s="190"/>
+      <c r="M292" s="191"/>
+      <c r="N292" s="191"/>
+      <c r="O292" s="191"/>
+      <c r="P292" s="191"/>
+      <c r="Q292" s="180"/>
+      <c r="R292" s="288"/>
+    </row>
+    <row r="293" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A293" s="133"/>
+      <c r="B293" s="133"/>
+      <c r="C293" s="133"/>
+      <c r="D293" s="133"/>
+      <c r="E293" s="187"/>
+      <c r="F293" s="188"/>
+      <c r="G293" s="133"/>
+      <c r="H293" s="133"/>
+      <c r="I293" s="189" t="s">
+        <v>30</v>
+      </c>
+      <c r="J293" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K293" s="177">
+        <v>0</v>
+      </c>
+      <c r="L293" s="190"/>
+      <c r="M293" s="191"/>
+      <c r="N293" s="191"/>
+      <c r="O293" s="191"/>
+      <c r="P293" s="191"/>
+      <c r="Q293" s="180"/>
+      <c r="R293" s="288"/>
+    </row>
+    <row r="294" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A294" s="138"/>
+      <c r="B294" s="326"/>
+      <c r="C294" s="138"/>
+      <c r="D294" s="138"/>
+      <c r="E294" s="197"/>
+      <c r="F294" s="198"/>
+      <c r="G294" s="138"/>
+      <c r="H294" s="138"/>
+      <c r="I294" s="284" t="s">
+        <v>31</v>
+      </c>
+      <c r="J294" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K294" s="177">
+        <v>0</v>
+      </c>
+      <c r="L294" s="190"/>
+      <c r="M294" s="191"/>
+      <c r="N294" s="191"/>
+      <c r="O294" s="191"/>
+      <c r="P294" s="191"/>
+      <c r="Q294" s="180"/>
+      <c r="R294" s="288"/>
+    </row>
+    <row r="295" spans="1:18" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A295" s="327" t="s">
+        <v>333</v>
+      </c>
+      <c r="B295" s="328" t="s">
+        <v>334</v>
+      </c>
+      <c r="C295" s="230" t="s">
+        <v>62</v>
+      </c>
+      <c r="D295" s="293" t="s">
+        <v>335</v>
+      </c>
+      <c r="E295" s="290" t="s">
+        <v>336</v>
+      </c>
+      <c r="F295" s="291"/>
+      <c r="G295" s="289" t="s">
+        <v>98</v>
+      </c>
+      <c r="H295" s="131" t="s">
+        <v>81</v>
+      </c>
+      <c r="I295" s="284" t="s">
+        <v>258</v>
+      </c>
+      <c r="J295" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K295" s="177">
+        <v>0</v>
+      </c>
+      <c r="L295" s="190"/>
+      <c r="M295" s="191"/>
+      <c r="N295" s="191"/>
+      <c r="O295" s="191"/>
+      <c r="P295" s="191"/>
+      <c r="Q295" s="180"/>
+      <c r="R295" s="288"/>
+    </row>
+    <row r="296" spans="1:18" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A296" s="252" t="s">
+        <v>444</v>
+      </c>
+      <c r="B296" s="252" t="s">
+        <v>445</v>
+      </c>
+      <c r="C296" s="252" t="s">
+        <v>62</v>
+      </c>
+      <c r="D296" s="252"/>
+      <c r="E296" s="329" t="s">
+        <v>446</v>
+      </c>
+      <c r="F296" s="205"/>
+      <c r="G296" s="289" t="s">
+        <v>98</v>
+      </c>
+      <c r="H296" s="131" t="s">
+        <v>81</v>
+      </c>
+      <c r="I296" s="284"/>
+      <c r="J296" s="189"/>
+      <c r="K296" s="177"/>
+      <c r="L296" s="190"/>
+      <c r="M296" s="191"/>
+      <c r="N296" s="191"/>
+      <c r="O296" s="191"/>
+      <c r="P296" s="191"/>
+      <c r="Q296" s="180"/>
+      <c r="R296" s="288"/>
+    </row>
+    <row r="297" spans="1:18" s="183" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A297" s="330" t="s">
+        <v>337</v>
+      </c>
+      <c r="B297" s="330" t="s">
+        <v>330</v>
+      </c>
+      <c r="C297" s="330" t="s">
+        <v>23</v>
+      </c>
+      <c r="D297" s="330" t="s">
+        <v>331</v>
+      </c>
+      <c r="E297" s="331" t="s">
+        <v>338</v>
+      </c>
+      <c r="F297" s="175"/>
+      <c r="G297" s="127" t="s">
+        <v>314</v>
+      </c>
+      <c r="H297" s="127" t="s">
+        <v>81</v>
+      </c>
+      <c r="I297" s="176" t="s">
+        <v>97</v>
+      </c>
+      <c r="J297" s="176" t="s">
+        <v>98</v>
+      </c>
+      <c r="K297" s="177">
+        <v>0</v>
+      </c>
+      <c r="L297" s="178">
+        <v>1200</v>
+      </c>
+      <c r="M297" s="179"/>
+      <c r="N297" s="179"/>
+      <c r="O297" s="179"/>
+      <c r="P297" s="179">
+        <v>0</v>
+      </c>
+      <c r="Q297" s="282">
+        <v>150</v>
+      </c>
+      <c r="R297" s="283">
+        <v>1080000</v>
+      </c>
+    </row>
+    <row r="298" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A298" s="330"/>
+      <c r="B298" s="330"/>
+      <c r="C298" s="330"/>
+      <c r="D298" s="330"/>
+      <c r="E298" s="332"/>
+      <c r="F298" s="188"/>
+      <c r="G298" s="133"/>
+      <c r="H298" s="133"/>
+      <c r="I298" s="189" t="s">
+        <v>67</v>
+      </c>
+      <c r="J298" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K298" s="177">
+        <v>0</v>
+      </c>
+      <c r="L298" s="190"/>
+      <c r="M298" s="191"/>
+      <c r="N298" s="191"/>
+      <c r="O298" s="191"/>
+      <c r="P298" s="191"/>
+      <c r="Q298" s="180"/>
+      <c r="R298" s="288"/>
+    </row>
+    <row r="299" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A299" s="330"/>
+      <c r="B299" s="330"/>
+      <c r="C299" s="330"/>
+      <c r="D299" s="330"/>
+      <c r="E299" s="332"/>
+      <c r="F299" s="188"/>
+      <c r="G299" s="133"/>
+      <c r="H299" s="133"/>
+      <c r="I299" s="189" t="s">
+        <v>29</v>
+      </c>
+      <c r="J299" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K299" s="177">
+        <v>0</v>
+      </c>
+      <c r="L299" s="190"/>
+      <c r="M299" s="191"/>
+      <c r="N299" s="191"/>
+      <c r="O299" s="191"/>
+      <c r="P299" s="191"/>
+      <c r="Q299" s="180"/>
+      <c r="R299" s="288"/>
+    </row>
+    <row r="300" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A300" s="330"/>
+      <c r="B300" s="330"/>
+      <c r="C300" s="330"/>
+      <c r="D300" s="330"/>
+      <c r="E300" s="332"/>
+      <c r="F300" s="188"/>
+      <c r="G300" s="133"/>
+      <c r="H300" s="133"/>
+      <c r="I300" s="189" t="s">
+        <v>28</v>
+      </c>
+      <c r="J300" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K300" s="177">
+        <v>0</v>
+      </c>
+      <c r="L300" s="190"/>
+      <c r="M300" s="191"/>
+      <c r="N300" s="191"/>
+      <c r="O300" s="191"/>
+      <c r="P300" s="191"/>
+      <c r="Q300" s="180"/>
+      <c r="R300" s="288"/>
+    </row>
+    <row r="301" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A301" s="330"/>
+      <c r="B301" s="330"/>
+      <c r="C301" s="330"/>
+      <c r="D301" s="330"/>
+      <c r="E301" s="332"/>
+      <c r="F301" s="188"/>
+      <c r="G301" s="133"/>
+      <c r="H301" s="133"/>
+      <c r="I301" s="189" t="s">
+        <v>70</v>
+      </c>
+      <c r="J301" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K301" s="177">
+        <v>0</v>
+      </c>
+      <c r="L301" s="190"/>
+      <c r="M301" s="191"/>
+      <c r="N301" s="191"/>
+      <c r="O301" s="191"/>
+      <c r="P301" s="191"/>
+      <c r="Q301" s="180"/>
+      <c r="R301" s="288"/>
+    </row>
+    <row r="302" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A302" s="330"/>
+      <c r="B302" s="330"/>
+      <c r="C302" s="330"/>
+      <c r="D302" s="330"/>
+      <c r="E302" s="332"/>
+      <c r="F302" s="188"/>
+      <c r="G302" s="133"/>
+      <c r="H302" s="133"/>
+      <c r="I302" s="189" t="s">
+        <v>30</v>
+      </c>
+      <c r="J302" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K302" s="177">
+        <v>0</v>
+      </c>
+      <c r="L302" s="190"/>
+      <c r="M302" s="191"/>
+      <c r="N302" s="191"/>
+      <c r="O302" s="191"/>
+      <c r="P302" s="191"/>
+      <c r="Q302" s="180"/>
+      <c r="R302" s="288"/>
+    </row>
+    <row r="303" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A303" s="330"/>
+      <c r="B303" s="330"/>
+      <c r="C303" s="330"/>
+      <c r="D303" s="330"/>
+      <c r="E303" s="333"/>
+      <c r="F303" s="198"/>
+      <c r="G303" s="138"/>
+      <c r="H303" s="138"/>
+      <c r="I303" s="284" t="s">
+        <v>31</v>
+      </c>
+      <c r="J303" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K303" s="177">
+        <v>0</v>
+      </c>
+      <c r="L303" s="190"/>
+      <c r="M303" s="191"/>
+      <c r="N303" s="191"/>
+      <c r="O303" s="191"/>
+      <c r="P303" s="191"/>
+      <c r="Q303" s="180"/>
+      <c r="R303" s="288"/>
+    </row>
+    <row r="304" spans="1:18" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A304" s="248" t="s">
+        <v>339</v>
+      </c>
+      <c r="B304" s="248" t="s">
+        <v>334</v>
+      </c>
+      <c r="C304" s="248" t="s">
+        <v>23</v>
+      </c>
+      <c r="D304" s="334" t="s">
+        <v>335</v>
+      </c>
+      <c r="E304" s="290" t="s">
+        <v>336</v>
+      </c>
+      <c r="F304" s="291"/>
+      <c r="G304" s="335" t="s">
+        <v>98</v>
+      </c>
+      <c r="H304" s="131" t="s">
+        <v>81</v>
+      </c>
+      <c r="I304" s="284" t="s">
+        <v>258</v>
+      </c>
+      <c r="J304" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K304" s="177">
+        <v>0</v>
+      </c>
+      <c r="L304" s="190"/>
+      <c r="M304" s="191"/>
+      <c r="N304" s="191"/>
+      <c r="O304" s="191"/>
+      <c r="P304" s="191"/>
+      <c r="Q304" s="180"/>
+      <c r="R304" s="288"/>
+    </row>
+    <row r="305" spans="1:20" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A305" s="336" t="s">
+        <v>447</v>
+      </c>
+      <c r="B305" s="336" t="s">
+        <v>445</v>
+      </c>
+      <c r="C305" s="337" t="s">
+        <v>23</v>
+      </c>
+      <c r="D305" s="338"/>
+      <c r="E305" s="339" t="s">
+        <v>448</v>
+      </c>
+      <c r="F305" s="340"/>
+      <c r="G305" s="289" t="s">
+        <v>98</v>
+      </c>
+      <c r="H305" s="131" t="s">
+        <v>81</v>
+      </c>
+      <c r="I305" s="284"/>
+      <c r="J305" s="189"/>
+      <c r="K305" s="177"/>
+      <c r="L305" s="190"/>
+      <c r="M305" s="191"/>
+      <c r="N305" s="191"/>
+      <c r="O305" s="191"/>
+      <c r="P305" s="191"/>
+      <c r="Q305" s="180"/>
+      <c r="R305" s="288"/>
+    </row>
+    <row r="306" spans="1:20" s="183" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A306" s="127" t="s">
+        <v>340</v>
+      </c>
+      <c r="B306" s="127" t="s">
+        <v>330</v>
+      </c>
+      <c r="C306" s="127" t="s">
+        <v>24</v>
+      </c>
+      <c r="D306" s="127" t="s">
+        <v>331</v>
+      </c>
+      <c r="E306" s="174" t="s">
+        <v>338</v>
+      </c>
+      <c r="F306" s="175"/>
+      <c r="G306" s="127" t="s">
+        <v>314</v>
+      </c>
+      <c r="H306" s="127" t="s">
+        <v>81</v>
+      </c>
+      <c r="I306" s="176" t="s">
+        <v>97</v>
+      </c>
+      <c r="J306" s="176" t="s">
+        <v>98</v>
+      </c>
+      <c r="K306" s="177">
+        <v>0</v>
+      </c>
+      <c r="L306" s="178">
+        <v>1000</v>
+      </c>
+      <c r="M306" s="179"/>
+      <c r="N306" s="179"/>
+      <c r="O306" s="179"/>
+      <c r="P306" s="179">
+        <v>0</v>
+      </c>
+      <c r="Q306" s="285">
+        <v>150</v>
+      </c>
+      <c r="R306" s="286">
+        <v>900000</v>
+      </c>
+      <c r="S306" s="210"/>
+      <c r="T306" s="210"/>
+    </row>
+    <row r="307" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A307" s="133"/>
+      <c r="B307" s="133"/>
+      <c r="C307" s="133"/>
+      <c r="D307" s="133"/>
+      <c r="E307" s="187"/>
+      <c r="F307" s="188"/>
+      <c r="G307" s="133"/>
+      <c r="H307" s="133"/>
+      <c r="I307" s="189" t="s">
+        <v>67</v>
+      </c>
+      <c r="J307" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K307" s="177">
+        <v>0</v>
+      </c>
+      <c r="L307" s="190">
+        <v>300</v>
+      </c>
+      <c r="M307" s="191"/>
+      <c r="N307" s="191"/>
+      <c r="O307" s="191"/>
+      <c r="P307" s="191"/>
+      <c r="Q307" s="180"/>
+      <c r="R307" s="288"/>
+    </row>
+    <row r="308" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A308" s="133"/>
+      <c r="B308" s="133"/>
+      <c r="C308" s="133"/>
+      <c r="D308" s="133"/>
+      <c r="E308" s="187"/>
+      <c r="F308" s="188"/>
+      <c r="G308" s="133"/>
+      <c r="H308" s="133"/>
+      <c r="I308" s="189" t="s">
+        <v>29</v>
+      </c>
+      <c r="J308" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K308" s="177">
+        <v>0</v>
+      </c>
+      <c r="L308" s="190">
+        <v>60</v>
+      </c>
+      <c r="M308" s="191"/>
+      <c r="N308" s="191"/>
+      <c r="O308" s="191"/>
+      <c r="P308" s="191"/>
+      <c r="Q308" s="180"/>
+      <c r="R308" s="288"/>
+    </row>
+    <row r="309" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A309" s="133"/>
+      <c r="B309" s="133"/>
+      <c r="C309" s="133"/>
+      <c r="D309" s="133"/>
+      <c r="E309" s="187"/>
+      <c r="F309" s="188"/>
+      <c r="G309" s="133"/>
+      <c r="H309" s="133"/>
+      <c r="I309" s="189" t="s">
+        <v>28</v>
+      </c>
+      <c r="J309" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K309" s="177">
+        <v>0</v>
+      </c>
+      <c r="L309" s="190">
+        <v>40</v>
+      </c>
+      <c r="M309" s="191"/>
+      <c r="N309" s="191"/>
+      <c r="O309" s="191"/>
+      <c r="P309" s="191"/>
+      <c r="Q309" s="180"/>
+      <c r="R309" s="288"/>
+    </row>
+    <row r="310" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A310" s="133"/>
+      <c r="B310" s="133"/>
+      <c r="C310" s="133"/>
+      <c r="D310" s="133"/>
+      <c r="E310" s="187"/>
+      <c r="F310" s="188"/>
+      <c r="G310" s="133"/>
+      <c r="H310" s="133"/>
+      <c r="I310" s="189" t="s">
+        <v>70</v>
+      </c>
+      <c r="J310" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K310" s="177">
+        <v>0</v>
+      </c>
+      <c r="L310" s="190">
+        <v>500</v>
+      </c>
+      <c r="M310" s="191"/>
+      <c r="N310" s="191"/>
+      <c r="O310" s="191"/>
+      <c r="P310" s="191"/>
+      <c r="Q310" s="180"/>
+      <c r="R310" s="288"/>
+    </row>
+    <row r="311" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A311" s="133"/>
+      <c r="B311" s="133"/>
+      <c r="C311" s="133"/>
+      <c r="D311" s="133"/>
+      <c r="E311" s="187"/>
+      <c r="F311" s="188"/>
+      <c r="G311" s="133"/>
+      <c r="H311" s="133"/>
+      <c r="I311" s="189" t="s">
+        <v>30</v>
+      </c>
+      <c r="J311" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K311" s="177">
+        <v>0</v>
+      </c>
+      <c r="L311" s="190">
+        <v>75</v>
+      </c>
+      <c r="M311" s="191"/>
+      <c r="N311" s="191"/>
+      <c r="O311" s="191"/>
+      <c r="P311" s="191"/>
+      <c r="Q311" s="180"/>
+      <c r="R311" s="288"/>
+    </row>
+    <row r="312" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A312" s="138"/>
+      <c r="B312" s="138"/>
+      <c r="C312" s="138"/>
+      <c r="D312" s="138"/>
+      <c r="E312" s="197"/>
+      <c r="F312" s="198"/>
+      <c r="G312" s="138"/>
+      <c r="H312" s="138"/>
+      <c r="I312" s="284" t="s">
+        <v>31</v>
+      </c>
+      <c r="J312" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K312" s="177">
+        <v>0</v>
+      </c>
+      <c r="L312" s="190">
+        <v>25</v>
+      </c>
+      <c r="M312" s="191"/>
+      <c r="N312" s="191"/>
+      <c r="O312" s="191"/>
+      <c r="P312" s="191"/>
+      <c r="Q312" s="180"/>
+      <c r="R312" s="288"/>
+    </row>
+    <row r="313" spans="1:20" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A313" s="336" t="s">
+        <v>341</v>
+      </c>
+      <c r="B313" s="336" t="s">
+        <v>334</v>
+      </c>
+      <c r="C313" s="336" t="s">
+        <v>24</v>
+      </c>
+      <c r="D313" s="341" t="s">
+        <v>335</v>
+      </c>
+      <c r="E313" s="342" t="s">
+        <v>336</v>
+      </c>
+      <c r="F313" s="343"/>
+      <c r="G313" s="335" t="s">
+        <v>98</v>
+      </c>
+      <c r="H313" s="131" t="s">
+        <v>81</v>
+      </c>
+      <c r="I313" s="284" t="s">
+        <v>258</v>
+      </c>
+      <c r="J313" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K313" s="177">
+        <v>0</v>
+      </c>
+      <c r="L313" s="190"/>
+      <c r="M313" s="191"/>
+      <c r="N313" s="191"/>
+      <c r="O313" s="191"/>
+      <c r="P313" s="191"/>
+      <c r="Q313" s="180"/>
+      <c r="R313" s="288"/>
+    </row>
+    <row r="314" spans="1:20" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A314" s="336" t="s">
+        <v>449</v>
+      </c>
+      <c r="B314" s="336" t="s">
+        <v>445</v>
+      </c>
+      <c r="C314" s="337" t="s">
+        <v>24</v>
+      </c>
+      <c r="D314" s="338"/>
+      <c r="E314" s="339" t="s">
+        <v>446</v>
+      </c>
+      <c r="F314" s="340"/>
+      <c r="G314" s="289" t="s">
+        <v>98</v>
+      </c>
+      <c r="H314" s="131" t="s">
+        <v>81</v>
+      </c>
+      <c r="I314" s="284"/>
+      <c r="J314" s="189"/>
+      <c r="K314" s="177"/>
+      <c r="L314" s="190"/>
+      <c r="M314" s="191"/>
+      <c r="N314" s="191"/>
+      <c r="O314" s="191"/>
+      <c r="P314" s="191"/>
+      <c r="Q314" s="180"/>
+      <c r="R314" s="288"/>
+    </row>
+    <row r="315" spans="1:20" s="183" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A315" s="127" t="s">
+        <v>342</v>
+      </c>
+      <c r="B315" s="127" t="s">
+        <v>343</v>
+      </c>
+      <c r="C315" s="127" t="s">
+        <v>62</v>
+      </c>
+      <c r="D315" s="344" t="s">
+        <v>335</v>
+      </c>
+      <c r="E315" s="174" t="s">
+        <v>336</v>
+      </c>
+      <c r="F315" s="175"/>
+      <c r="G315" s="127" t="s">
+        <v>98</v>
+      </c>
+      <c r="H315" s="127" t="s">
+        <v>81</v>
+      </c>
+      <c r="I315" s="176" t="s">
+        <v>97</v>
+      </c>
+      <c r="J315" s="176" t="s">
+        <v>98</v>
+      </c>
+      <c r="K315" s="177">
+        <v>0</v>
+      </c>
+      <c r="L315" s="178">
+        <v>18000</v>
+      </c>
+      <c r="M315" s="179"/>
+      <c r="N315" s="179"/>
+      <c r="O315" s="179"/>
+      <c r="P315" s="179">
+        <v>0</v>
+      </c>
+      <c r="Q315" s="285">
+        <v>150</v>
+      </c>
+      <c r="R315" s="286">
+        <v>2700000</v>
+      </c>
+      <c r="S315" s="210"/>
+      <c r="T315" s="210"/>
+    </row>
+    <row r="316" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A316" s="133"/>
+      <c r="B316" s="133"/>
+      <c r="C316" s="133"/>
+      <c r="D316" s="345"/>
+      <c r="E316" s="187"/>
+      <c r="F316" s="188"/>
+      <c r="G316" s="133"/>
+      <c r="H316" s="133"/>
+      <c r="I316" s="189" t="s">
+        <v>67</v>
+      </c>
+      <c r="J316" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K316" s="177">
+        <v>0</v>
+      </c>
+      <c r="L316" s="190"/>
+      <c r="M316" s="191"/>
+      <c r="N316" s="191"/>
+      <c r="O316" s="191"/>
+      <c r="P316" s="191"/>
+      <c r="Q316" s="180"/>
+      <c r="R316" s="288"/>
+    </row>
+    <row r="317" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A317" s="133"/>
+      <c r="B317" s="133"/>
+      <c r="C317" s="133"/>
+      <c r="D317" s="345"/>
+      <c r="E317" s="187"/>
+      <c r="F317" s="188"/>
+      <c r="G317" s="133"/>
+      <c r="H317" s="133"/>
+      <c r="I317" s="189" t="s">
+        <v>29</v>
+      </c>
+      <c r="J317" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K317" s="177">
+        <v>0</v>
+      </c>
+      <c r="L317" s="190"/>
+      <c r="M317" s="191"/>
+      <c r="N317" s="191"/>
+      <c r="O317" s="191"/>
+      <c r="P317" s="191"/>
+      <c r="Q317" s="180"/>
+      <c r="R317" s="288"/>
+    </row>
+    <row r="318" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A318" s="133"/>
+      <c r="B318" s="133"/>
+      <c r="C318" s="133"/>
+      <c r="D318" s="345"/>
+      <c r="E318" s="187"/>
+      <c r="F318" s="188"/>
+      <c r="G318" s="133"/>
+      <c r="H318" s="133"/>
+      <c r="I318" s="189" t="s">
+        <v>28</v>
+      </c>
+      <c r="J318" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K318" s="177">
+        <v>0</v>
+      </c>
+      <c r="L318" s="190"/>
+      <c r="M318" s="191"/>
+      <c r="N318" s="191"/>
+      <c r="O318" s="191"/>
+      <c r="P318" s="191"/>
+      <c r="Q318" s="180"/>
+      <c r="R318" s="288"/>
+    </row>
+    <row r="319" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A319" s="133"/>
+      <c r="B319" s="133"/>
+      <c r="C319" s="133"/>
+      <c r="D319" s="345"/>
+      <c r="E319" s="187"/>
+      <c r="F319" s="188"/>
+      <c r="G319" s="133"/>
+      <c r="H319" s="133"/>
+      <c r="I319" s="189" t="s">
+        <v>70</v>
+      </c>
+      <c r="J319" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K319" s="177">
+        <v>0</v>
+      </c>
+      <c r="L319" s="190"/>
+      <c r="M319" s="191"/>
+      <c r="N319" s="191"/>
+      <c r="O319" s="191"/>
+      <c r="P319" s="191"/>
+      <c r="Q319" s="180"/>
+      <c r="R319" s="288"/>
+    </row>
+    <row r="320" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A320" s="133"/>
+      <c r="B320" s="133"/>
+      <c r="C320" s="133"/>
+      <c r="D320" s="345"/>
+      <c r="E320" s="187"/>
+      <c r="F320" s="188"/>
+      <c r="G320" s="133"/>
+      <c r="H320" s="133"/>
+      <c r="I320" s="189" t="s">
+        <v>30</v>
+      </c>
+      <c r="J320" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K320" s="177">
+        <v>0</v>
+      </c>
+      <c r="L320" s="190"/>
+      <c r="M320" s="191"/>
+      <c r="N320" s="191"/>
+      <c r="O320" s="191"/>
+      <c r="P320" s="191"/>
+      <c r="Q320" s="180"/>
+      <c r="R320" s="288"/>
+    </row>
+    <row r="321" spans="1:20" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A321" s="138"/>
+      <c r="B321" s="138"/>
+      <c r="C321" s="138"/>
+      <c r="D321" s="346"/>
+      <c r="E321" s="197"/>
+      <c r="F321" s="198"/>
+      <c r="G321" s="138"/>
+      <c r="H321" s="138"/>
+      <c r="I321" s="284" t="s">
+        <v>31</v>
+      </c>
+      <c r="J321" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K321" s="177">
+        <v>0</v>
+      </c>
+      <c r="L321" s="190"/>
+      <c r="M321" s="191"/>
+      <c r="N321" s="191"/>
+      <c r="O321" s="191"/>
+      <c r="P321" s="191"/>
+      <c r="Q321" s="180"/>
+      <c r="R321" s="288"/>
+    </row>
+    <row r="322" spans="1:20" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A322" s="203" t="s">
+        <v>344</v>
+      </c>
+      <c r="B322" s="203" t="s">
+        <v>345</v>
+      </c>
+      <c r="C322" s="203" t="s">
+        <v>62</v>
+      </c>
+      <c r="D322" s="347" t="s">
+        <v>335</v>
+      </c>
+      <c r="E322" s="290" t="s">
+        <v>336</v>
+      </c>
+      <c r="F322" s="291"/>
+      <c r="G322" s="335" t="s">
+        <v>98</v>
+      </c>
+      <c r="H322" s="131" t="s">
+        <v>81</v>
+      </c>
+      <c r="I322" s="284" t="s">
+        <v>258</v>
+      </c>
+      <c r="J322" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K322" s="177">
+        <v>0</v>
+      </c>
+      <c r="L322" s="190"/>
+      <c r="M322" s="191"/>
+      <c r="N322" s="191"/>
+      <c r="O322" s="191"/>
+      <c r="P322" s="191"/>
+      <c r="Q322" s="180"/>
+      <c r="R322" s="288"/>
+    </row>
+    <row r="323" spans="1:20" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A323" s="230" t="s">
+        <v>346</v>
+      </c>
+      <c r="B323" s="230" t="s">
+        <v>347</v>
+      </c>
+      <c r="C323" s="203" t="s">
+        <v>62</v>
+      </c>
+      <c r="D323" s="348"/>
+      <c r="E323" s="349"/>
+      <c r="F323" s="350"/>
+      <c r="G323" s="351"/>
+      <c r="H323" s="276"/>
+      <c r="I323" s="284"/>
+      <c r="J323" s="189"/>
+      <c r="K323" s="177"/>
+      <c r="L323" s="190"/>
+      <c r="M323" s="191"/>
+      <c r="N323" s="191"/>
+      <c r="O323" s="191"/>
+      <c r="P323" s="191"/>
+      <c r="Q323" s="180"/>
+      <c r="R323" s="288"/>
+    </row>
+    <row r="324" spans="1:20" s="183" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A324" s="127" t="s">
+        <v>348</v>
+      </c>
+      <c r="B324" s="127" t="s">
+        <v>343</v>
+      </c>
+      <c r="C324" s="127" t="s">
+        <v>23</v>
+      </c>
+      <c r="D324" s="344" t="s">
+        <v>335</v>
+      </c>
+      <c r="E324" s="174" t="s">
+        <v>336</v>
+      </c>
+      <c r="F324" s="175"/>
+      <c r="G324" s="127" t="s">
+        <v>98</v>
+      </c>
+      <c r="H324" s="127" t="s">
+        <v>81</v>
+      </c>
+      <c r="I324" s="176" t="s">
+        <v>97</v>
+      </c>
+      <c r="J324" s="176" t="s">
+        <v>98</v>
+      </c>
+      <c r="K324" s="177">
+        <v>0</v>
+      </c>
+      <c r="L324" s="178">
+        <v>6000</v>
+      </c>
+      <c r="M324" s="179"/>
+      <c r="N324" s="179"/>
+      <c r="O324" s="179"/>
+      <c r="P324" s="179">
+        <v>0</v>
+      </c>
+      <c r="Q324" s="282">
+        <v>150</v>
+      </c>
+      <c r="R324" s="283">
+        <v>900000</v>
+      </c>
+    </row>
+    <row r="325" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A325" s="133"/>
+      <c r="B325" s="133"/>
+      <c r="C325" s="133"/>
+      <c r="D325" s="345"/>
+      <c r="E325" s="187"/>
+      <c r="F325" s="188"/>
+      <c r="G325" s="133"/>
+      <c r="H325" s="133"/>
+      <c r="I325" s="189" t="s">
+        <v>67</v>
+      </c>
+      <c r="J325" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K325" s="177">
+        <v>0</v>
+      </c>
+      <c r="L325" s="190"/>
+      <c r="M325" s="191"/>
+      <c r="N325" s="191"/>
+      <c r="O325" s="191"/>
+      <c r="P325" s="191"/>
+      <c r="Q325" s="180"/>
+      <c r="R325" s="288"/>
+    </row>
+    <row r="326" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A326" s="133"/>
+      <c r="B326" s="133"/>
+      <c r="C326" s="133"/>
+      <c r="D326" s="345"/>
+      <c r="E326" s="187"/>
+      <c r="F326" s="188"/>
+      <c r="G326" s="133"/>
+      <c r="H326" s="133"/>
+      <c r="I326" s="189" t="s">
+        <v>29</v>
+      </c>
+      <c r="J326" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K326" s="177">
+        <v>0</v>
+      </c>
+      <c r="L326" s="190"/>
+      <c r="M326" s="191"/>
+      <c r="N326" s="191"/>
+      <c r="O326" s="191"/>
+      <c r="P326" s="191"/>
+      <c r="Q326" s="180"/>
+      <c r="R326" s="288"/>
+    </row>
+    <row r="327" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A327" s="133"/>
+      <c r="B327" s="133"/>
+      <c r="C327" s="133"/>
+      <c r="D327" s="345"/>
+      <c r="E327" s="187"/>
+      <c r="F327" s="188"/>
+      <c r="G327" s="133"/>
+      <c r="H327" s="133"/>
+      <c r="I327" s="189" t="s">
+        <v>28</v>
+      </c>
+      <c r="J327" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K327" s="177">
+        <v>0</v>
+      </c>
+      <c r="L327" s="190"/>
+      <c r="M327" s="191"/>
+      <c r="N327" s="191"/>
+      <c r="O327" s="191"/>
+      <c r="P327" s="191"/>
+      <c r="Q327" s="180"/>
+      <c r="R327" s="288"/>
+    </row>
+    <row r="328" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A328" s="133"/>
+      <c r="B328" s="133"/>
+      <c r="C328" s="133"/>
+      <c r="D328" s="345"/>
+      <c r="E328" s="187"/>
+      <c r="F328" s="188"/>
+      <c r="G328" s="133"/>
+      <c r="H328" s="133"/>
+      <c r="I328" s="189" t="s">
+        <v>70</v>
+      </c>
+      <c r="J328" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K328" s="177">
+        <v>0</v>
+      </c>
+      <c r="L328" s="190"/>
+      <c r="M328" s="191"/>
+      <c r="N328" s="191"/>
+      <c r="O328" s="191"/>
+      <c r="P328" s="191"/>
+      <c r="Q328" s="180"/>
+      <c r="R328" s="288"/>
+    </row>
+    <row r="329" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A329" s="133"/>
+      <c r="B329" s="133"/>
+      <c r="C329" s="133"/>
+      <c r="D329" s="345"/>
+      <c r="E329" s="187"/>
+      <c r="F329" s="188"/>
+      <c r="G329" s="133"/>
+      <c r="H329" s="133"/>
+      <c r="I329" s="189" t="s">
+        <v>30</v>
+      </c>
+      <c r="J329" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K329" s="177">
+        <v>0</v>
+      </c>
+      <c r="L329" s="190"/>
+      <c r="M329" s="191"/>
+      <c r="N329" s="191"/>
+      <c r="O329" s="191"/>
+      <c r="P329" s="191"/>
+      <c r="Q329" s="180"/>
+      <c r="R329" s="288"/>
+    </row>
+    <row r="330" spans="1:20" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A330" s="138"/>
+      <c r="B330" s="138"/>
+      <c r="C330" s="138"/>
+      <c r="D330" s="346"/>
+      <c r="E330" s="197"/>
+      <c r="F330" s="198"/>
+      <c r="G330" s="138"/>
+      <c r="H330" s="138"/>
+      <c r="I330" s="284" t="s">
+        <v>31</v>
+      </c>
+      <c r="J330" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K330" s="177">
+        <v>0</v>
+      </c>
+      <c r="L330" s="190"/>
+      <c r="M330" s="191"/>
+      <c r="N330" s="191"/>
+      <c r="O330" s="191"/>
+      <c r="P330" s="191"/>
+      <c r="Q330" s="180"/>
+      <c r="R330" s="288"/>
+    </row>
+    <row r="331" spans="1:20" ht="45.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A331" s="203" t="s">
+        <v>349</v>
+      </c>
+      <c r="B331" s="203" t="s">
+        <v>345</v>
+      </c>
+      <c r="C331" s="203" t="s">
+        <v>23</v>
+      </c>
+      <c r="D331" s="347" t="s">
+        <v>335</v>
+      </c>
+      <c r="E331" s="290" t="s">
+        <v>336</v>
+      </c>
+      <c r="F331" s="291"/>
+      <c r="G331" s="335" t="s">
+        <v>98</v>
+      </c>
+      <c r="H331" s="131" t="s">
+        <v>81</v>
+      </c>
+      <c r="I331" s="284" t="s">
+        <v>258</v>
+      </c>
+      <c r="J331" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K331" s="177">
+        <v>0</v>
+      </c>
+      <c r="L331" s="190"/>
+      <c r="M331" s="191"/>
+      <c r="N331" s="191"/>
+      <c r="O331" s="191"/>
+      <c r="P331" s="191"/>
+      <c r="Q331" s="180"/>
+      <c r="R331" s="288"/>
+    </row>
+    <row r="332" spans="1:20" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A332" s="230" t="s">
+        <v>350</v>
+      </c>
+      <c r="B332" s="230" t="s">
+        <v>347</v>
+      </c>
+      <c r="C332" s="230" t="s">
+        <v>23</v>
+      </c>
+      <c r="D332" s="348" t="s">
+        <v>335</v>
+      </c>
+      <c r="E332" s="290" t="s">
+        <v>351</v>
+      </c>
+      <c r="F332" s="291"/>
+      <c r="G332" s="351"/>
+      <c r="H332" s="276"/>
+      <c r="I332" s="284"/>
+      <c r="J332" s="189"/>
+      <c r="K332" s="177"/>
+      <c r="L332" s="190"/>
+      <c r="M332" s="191"/>
+      <c r="N332" s="191"/>
+      <c r="O332" s="191"/>
+      <c r="P332" s="191"/>
+      <c r="Q332" s="180"/>
+      <c r="R332" s="288"/>
+    </row>
+    <row r="333" spans="1:20" s="183" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A333" s="127" t="s">
+        <v>352</v>
+      </c>
+      <c r="B333" s="127" t="s">
+        <v>343</v>
+      </c>
+      <c r="C333" s="127" t="s">
+        <v>24</v>
+      </c>
+      <c r="D333" s="344" t="s">
+        <v>335</v>
+      </c>
+      <c r="E333" s="174" t="s">
+        <v>336</v>
+      </c>
+      <c r="F333" s="175"/>
+      <c r="G333" s="127" t="s">
+        <v>98</v>
+      </c>
+      <c r="H333" s="127" t="s">
+        <v>81</v>
+      </c>
+      <c r="I333" s="176" t="s">
+        <v>97</v>
+      </c>
+      <c r="J333" s="176" t="s">
+        <v>98</v>
+      </c>
+      <c r="K333" s="177">
+        <v>0</v>
+      </c>
+      <c r="L333" s="178">
+        <v>2318.8000000000002</v>
+      </c>
+      <c r="M333" s="179"/>
+      <c r="N333" s="179"/>
+      <c r="O333" s="179"/>
+      <c r="P333" s="179">
+        <v>0</v>
+      </c>
+      <c r="Q333" s="285">
+        <v>150</v>
+      </c>
+      <c r="R333" s="286">
+        <v>347820</v>
+      </c>
+      <c r="S333" s="210"/>
+      <c r="T333" s="210"/>
+    </row>
+    <row r="334" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A334" s="133"/>
+      <c r="B334" s="133"/>
+      <c r="C334" s="133"/>
+      <c r="D334" s="345"/>
+      <c r="E334" s="187"/>
+      <c r="F334" s="188"/>
+      <c r="G334" s="133"/>
+      <c r="H334" s="133"/>
+      <c r="I334" s="189" t="s">
+        <v>67</v>
+      </c>
+      <c r="J334" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K334" s="177">
+        <v>0</v>
+      </c>
+      <c r="L334" s="190">
+        <v>577.15</v>
+      </c>
+      <c r="M334" s="191"/>
+      <c r="N334" s="191"/>
+      <c r="O334" s="191"/>
+      <c r="P334" s="191"/>
+      <c r="Q334" s="180"/>
+      <c r="R334" s="288"/>
+    </row>
+    <row r="335" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A335" s="133"/>
+      <c r="B335" s="133"/>
+      <c r="C335" s="133"/>
+      <c r="D335" s="345"/>
+      <c r="E335" s="187"/>
+      <c r="F335" s="188"/>
+      <c r="G335" s="133"/>
+      <c r="H335" s="133"/>
+      <c r="I335" s="189" t="s">
+        <v>29</v>
+      </c>
+      <c r="J335" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K335" s="177">
+        <v>0</v>
+      </c>
+      <c r="L335" s="190">
+        <v>46.75</v>
+      </c>
+      <c r="M335" s="191"/>
+      <c r="N335" s="191"/>
+      <c r="O335" s="191"/>
+      <c r="P335" s="191"/>
+      <c r="Q335" s="180"/>
+      <c r="R335" s="288"/>
+    </row>
+    <row r="336" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A336" s="133"/>
+      <c r="B336" s="133"/>
+      <c r="C336" s="133"/>
+      <c r="D336" s="345"/>
+      <c r="E336" s="187"/>
+      <c r="F336" s="188"/>
+      <c r="G336" s="133"/>
+      <c r="H336" s="133"/>
+      <c r="I336" s="189" t="s">
+        <v>28</v>
+      </c>
+      <c r="J336" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K336" s="177">
+        <v>0</v>
+      </c>
+      <c r="L336" s="190">
+        <v>0.85</v>
+      </c>
+      <c r="M336" s="191"/>
+      <c r="N336" s="191"/>
+      <c r="O336" s="191"/>
+      <c r="P336" s="191"/>
+      <c r="Q336" s="180"/>
+      <c r="R336" s="288"/>
+    </row>
+    <row r="337" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A337" s="133"/>
+      <c r="B337" s="133"/>
+      <c r="C337" s="133"/>
+      <c r="D337" s="345"/>
+      <c r="E337" s="187"/>
+      <c r="F337" s="188"/>
+      <c r="G337" s="133"/>
+      <c r="H337" s="133"/>
+      <c r="I337" s="189" t="s">
+        <v>70</v>
+      </c>
+      <c r="J337" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K337" s="177">
+        <v>0</v>
+      </c>
+      <c r="L337" s="190">
+        <v>1600.55</v>
+      </c>
+      <c r="M337" s="191"/>
+      <c r="N337" s="191"/>
+      <c r="O337" s="191"/>
+      <c r="P337" s="191"/>
+      <c r="Q337" s="180"/>
+      <c r="R337" s="288"/>
+    </row>
+    <row r="338" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A338" s="133"/>
+      <c r="B338" s="133"/>
+      <c r="C338" s="133"/>
+      <c r="D338" s="345"/>
+      <c r="E338" s="187"/>
+      <c r="F338" s="188"/>
+      <c r="G338" s="133"/>
+      <c r="H338" s="133"/>
+      <c r="I338" s="189" t="s">
+        <v>30</v>
+      </c>
+      <c r="J338" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K338" s="177">
+        <v>0</v>
+      </c>
+      <c r="L338" s="190">
+        <v>44.2</v>
+      </c>
+      <c r="M338" s="191"/>
+      <c r="N338" s="191"/>
+      <c r="O338" s="191"/>
+      <c r="P338" s="191"/>
+      <c r="Q338" s="180"/>
+      <c r="R338" s="288"/>
+    </row>
+    <row r="339" spans="1:18" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A339" s="138"/>
+      <c r="B339" s="138"/>
+      <c r="C339" s="138"/>
+      <c r="D339" s="346"/>
+      <c r="E339" s="197"/>
+      <c r="F339" s="198"/>
+      <c r="G339" s="138"/>
+      <c r="H339" s="138"/>
+      <c r="I339" s="284" t="s">
+        <v>31</v>
+      </c>
+      <c r="J339" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K339" s="177">
+        <v>0</v>
+      </c>
+      <c r="L339" s="190">
+        <v>49.3</v>
+      </c>
+      <c r="M339" s="191"/>
+      <c r="N339" s="191"/>
+      <c r="O339" s="191"/>
+      <c r="P339" s="191"/>
+      <c r="Q339" s="180"/>
+      <c r="R339" s="288"/>
+    </row>
+    <row r="340" spans="1:18" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A340" s="203" t="s">
+        <v>353</v>
+      </c>
+      <c r="B340" s="203" t="s">
+        <v>345</v>
+      </c>
+      <c r="C340" s="230" t="s">
+        <v>24</v>
+      </c>
+      <c r="D340" s="347" t="s">
+        <v>335</v>
+      </c>
+      <c r="E340" s="290" t="s">
+        <v>336</v>
+      </c>
+      <c r="F340" s="291"/>
+      <c r="G340" s="347" t="s">
+        <v>98</v>
+      </c>
+      <c r="H340" s="352" t="s">
+        <v>81</v>
+      </c>
+      <c r="I340" s="284" t="s">
+        <v>258</v>
+      </c>
+      <c r="J340" s="307" t="s">
+        <v>98</v>
+      </c>
+      <c r="K340" s="177">
+        <v>0</v>
+      </c>
+      <c r="L340" s="190"/>
+      <c r="M340" s="191"/>
+      <c r="N340" s="191"/>
+      <c r="O340" s="191"/>
+      <c r="P340" s="191"/>
+      <c r="Q340" s="180"/>
+      <c r="R340" s="288"/>
+    </row>
+    <row r="341" spans="1:18" ht="27" x14ac:dyDescent="0.25">
+      <c r="A341" s="230" t="s">
+        <v>354</v>
+      </c>
+      <c r="B341" s="230" t="s">
+        <v>347</v>
+      </c>
+      <c r="C341" s="230" t="s">
+        <v>24</v>
+      </c>
+      <c r="D341" s="348" t="s">
+        <v>335</v>
+      </c>
+      <c r="E341" s="290"/>
+      <c r="F341" s="291"/>
+      <c r="G341" s="348"/>
+      <c r="H341" s="353"/>
+      <c r="I341" s="284"/>
+      <c r="J341" s="307"/>
+      <c r="K341" s="177"/>
+      <c r="L341" s="190"/>
+      <c r="M341" s="191"/>
+      <c r="N341" s="191"/>
+      <c r="O341" s="191"/>
+      <c r="P341" s="191"/>
+      <c r="Q341" s="180"/>
+      <c r="R341" s="288"/>
+    </row>
+    <row r="342" spans="1:18" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A342" s="203" t="s">
+        <v>355</v>
+      </c>
+      <c r="B342" s="203" t="s">
+        <v>356</v>
+      </c>
+      <c r="C342" s="203" t="s">
+        <v>289</v>
+      </c>
+      <c r="D342" s="347" t="s">
+        <v>78</v>
+      </c>
+      <c r="E342" s="290" t="s">
+        <v>357</v>
+      </c>
+      <c r="F342" s="291"/>
+      <c r="G342" s="347" t="s">
+        <v>358</v>
+      </c>
+      <c r="H342" s="352" t="s">
+        <v>81</v>
+      </c>
+      <c r="I342" s="284" t="s">
+        <v>258</v>
+      </c>
+      <c r="J342" s="307" t="s">
+        <v>359</v>
+      </c>
+      <c r="K342" s="177">
+        <v>0</v>
+      </c>
+      <c r="L342" s="190"/>
+      <c r="M342" s="191"/>
+      <c r="N342" s="191"/>
+      <c r="O342" s="191"/>
+      <c r="P342" s="191"/>
+      <c r="Q342" s="180"/>
+      <c r="R342" s="288"/>
+    </row>
+    <row r="343" spans="1:18" ht="106.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A343" s="203" t="s">
+        <v>360</v>
+      </c>
+      <c r="B343" s="203" t="s">
+        <v>361</v>
+      </c>
+      <c r="C343" s="203" t="s">
+        <v>289</v>
+      </c>
+      <c r="D343" s="335" t="s">
+        <v>362</v>
+      </c>
+      <c r="E343" s="290" t="s">
+        <v>363</v>
+      </c>
+      <c r="F343" s="291"/>
+      <c r="G343" s="347" t="s">
+        <v>292</v>
+      </c>
+      <c r="H343" s="352" t="s">
+        <v>293</v>
+      </c>
+      <c r="I343" s="284" t="s">
+        <v>97</v>
+      </c>
+      <c r="J343" s="307" t="s">
+        <v>98</v>
+      </c>
+      <c r="K343" s="177">
+        <v>0</v>
+      </c>
+      <c r="L343" s="190"/>
+      <c r="M343" s="191"/>
+      <c r="N343" s="191"/>
+      <c r="O343" s="191"/>
+      <c r="P343" s="191"/>
+      <c r="Q343" s="180"/>
+      <c r="R343" s="288"/>
+    </row>
+    <row r="344" spans="1:18" ht="26.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A344" s="211" t="s">
+        <v>364</v>
+      </c>
+      <c r="B344" s="212"/>
+      <c r="C344" s="212"/>
+      <c r="D344" s="212"/>
+      <c r="E344" s="212"/>
+      <c r="F344" s="212"/>
+      <c r="G344" s="212"/>
+      <c r="H344" s="212"/>
+      <c r="I344" s="212"/>
+      <c r="J344" s="212"/>
+      <c r="K344" s="213"/>
+      <c r="L344" s="318" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="345" spans="1:18" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A345" s="219" t="s">
+        <v>365</v>
+      </c>
+      <c r="B345" s="220"/>
+      <c r="C345" s="220"/>
+      <c r="D345" s="220"/>
+      <c r="E345" s="220"/>
+      <c r="F345" s="220"/>
+      <c r="G345" s="220"/>
+      <c r="H345" s="220"/>
+      <c r="I345" s="220"/>
+      <c r="J345" s="220"/>
+      <c r="K345" s="322"/>
+      <c r="L345" s="218" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="346" spans="1:18" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A346" s="219" t="s">
+        <v>366</v>
+      </c>
+      <c r="B346" s="220"/>
+      <c r="C346" s="220"/>
+      <c r="D346" s="220"/>
+      <c r="E346" s="220"/>
+      <c r="F346" s="220"/>
+      <c r="G346" s="220"/>
+      <c r="H346" s="220"/>
+      <c r="I346" s="220"/>
+      <c r="J346" s="220"/>
+      <c r="K346" s="322"/>
+      <c r="L346" s="218" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="347" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A347" s="219" t="s">
+        <v>367</v>
+      </c>
+      <c r="B347" s="220"/>
+      <c r="C347" s="220"/>
+      <c r="D347" s="220"/>
+      <c r="E347" s="220"/>
+      <c r="F347" s="220"/>
+      <c r="G347" s="220"/>
+      <c r="H347" s="220"/>
+      <c r="I347" s="220"/>
+      <c r="J347" s="220"/>
+      <c r="K347" s="322"/>
+      <c r="L347" s="218" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="348" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A348" s="219" t="s">
+        <v>368</v>
+      </c>
+      <c r="B348" s="220"/>
+      <c r="C348" s="220"/>
+      <c r="D348" s="220"/>
+      <c r="E348" s="220"/>
+      <c r="F348" s="220"/>
+      <c r="G348" s="220"/>
+      <c r="H348" s="220"/>
+      <c r="I348" s="220"/>
+      <c r="J348" s="220"/>
+      <c r="K348" s="221"/>
+      <c r="L348" s="218" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="349" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A349" s="219" t="s">
+        <v>369</v>
+      </c>
+      <c r="B349" s="220"/>
+      <c r="C349" s="220"/>
+      <c r="D349" s="220"/>
+      <c r="E349" s="220"/>
+      <c r="F349" s="220"/>
+      <c r="G349" s="220"/>
+      <c r="H349" s="220"/>
+      <c r="I349" s="220"/>
+      <c r="J349" s="220"/>
+      <c r="K349" s="221"/>
+      <c r="L349" s="218" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="350" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A350" s="219" t="s">
+        <v>370</v>
+      </c>
+      <c r="B350" s="220"/>
+      <c r="C350" s="220"/>
+      <c r="D350" s="220"/>
+      <c r="E350" s="220"/>
+      <c r="F350" s="220"/>
+      <c r="G350" s="220"/>
+      <c r="H350" s="220"/>
+      <c r="I350" s="220"/>
+      <c r="J350" s="220"/>
+      <c r="K350" s="221"/>
+      <c r="L350" s="218" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="351" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A351" s="219" t="s">
+        <v>371</v>
+      </c>
+      <c r="B351" s="220"/>
+      <c r="C351" s="220"/>
+      <c r="D351" s="220"/>
+      <c r="E351" s="220"/>
+      <c r="F351" s="220"/>
+      <c r="G351" s="220"/>
+      <c r="H351" s="220"/>
+      <c r="I351" s="220"/>
+      <c r="J351" s="220"/>
+      <c r="K351" s="221"/>
+      <c r="L351" s="218" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="352" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A352" s="219" t="s">
+        <v>372</v>
+      </c>
+      <c r="B352" s="220"/>
+      <c r="C352" s="220"/>
+      <c r="D352" s="220"/>
+      <c r="E352" s="220"/>
+      <c r="F352" s="220"/>
+      <c r="G352" s="220"/>
+      <c r="H352" s="220"/>
+      <c r="I352" s="220"/>
+      <c r="J352" s="220"/>
+      <c r="K352" s="221"/>
+      <c r="L352" s="218" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="353" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A353" s="219" t="s">
+        <v>373</v>
+      </c>
+      <c r="B353" s="220"/>
+      <c r="C353" s="220"/>
+      <c r="D353" s="220"/>
+      <c r="E353" s="220"/>
+      <c r="F353" s="220"/>
+      <c r="G353" s="220"/>
+      <c r="H353" s="220"/>
+      <c r="I353" s="220"/>
+      <c r="J353" s="220"/>
+      <c r="K353" s="221"/>
+      <c r="L353" s="218" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="354" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A354" s="219" t="s">
+        <v>374</v>
+      </c>
+      <c r="B354" s="220"/>
+      <c r="C354" s="220"/>
+      <c r="D354" s="220"/>
+      <c r="E354" s="220"/>
+      <c r="F354" s="220"/>
+      <c r="G354" s="220"/>
+      <c r="H354" s="220"/>
+      <c r="I354" s="220"/>
+      <c r="J354" s="220"/>
+      <c r="K354" s="221"/>
+      <c r="L354" s="218" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="355" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A355" s="219" t="s">
+        <v>375</v>
+      </c>
+      <c r="B355" s="220"/>
+      <c r="C355" s="220"/>
+      <c r="D355" s="220"/>
+      <c r="E355" s="220"/>
+      <c r="F355" s="220"/>
+      <c r="G355" s="220"/>
+      <c r="H355" s="220"/>
+      <c r="I355" s="220"/>
+      <c r="J355" s="220"/>
+      <c r="K355" s="221"/>
+      <c r="L355" s="218" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="356" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A356" s="219" t="s">
+        <v>376</v>
+      </c>
+      <c r="B356" s="220"/>
+      <c r="C356" s="220"/>
+      <c r="D356" s="220"/>
+      <c r="E356" s="220"/>
+      <c r="F356" s="220"/>
+      <c r="G356" s="220"/>
+      <c r="H356" s="220"/>
+      <c r="I356" s="220"/>
+      <c r="J356" s="220"/>
+      <c r="K356" s="221"/>
+      <c r="L356" s="218" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="357" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A357" s="219" t="s">
+        <v>377</v>
+      </c>
+      <c r="B357" s="220"/>
+      <c r="C357" s="220"/>
+      <c r="D357" s="220"/>
+      <c r="E357" s="220"/>
+      <c r="F357" s="220"/>
+      <c r="G357" s="220"/>
+      <c r="H357" s="220"/>
+      <c r="I357" s="220"/>
+      <c r="J357" s="220"/>
+      <c r="K357" s="221"/>
+      <c r="L357" s="218" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="359" spans="1:18" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A359" s="156" t="s">
+        <v>45</v>
+      </c>
+      <c r="B359" s="157"/>
+      <c r="C359" s="157"/>
+      <c r="D359" s="157"/>
+      <c r="E359" s="157"/>
+      <c r="F359" s="157"/>
+      <c r="G359" s="157"/>
+      <c r="H359" s="157"/>
+      <c r="I359" s="157"/>
+      <c r="J359" s="157"/>
+      <c r="K359" s="158"/>
+      <c r="L359" s="159">
+        <v>2026</v>
+      </c>
+      <c r="M359" s="160"/>
+      <c r="N359" s="160"/>
+      <c r="O359" s="160"/>
+      <c r="P359" s="161"/>
+    </row>
+    <row r="360" spans="1:18" s="117" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A360" s="162" t="s">
+        <v>49</v>
+      </c>
+      <c r="B360" s="163" t="s">
+        <v>50</v>
+      </c>
+      <c r="C360" s="163" t="s">
+        <v>51</v>
+      </c>
+      <c r="D360" s="163" t="s">
+        <v>84</v>
+      </c>
+      <c r="E360" s="164" t="s">
+        <v>85</v>
+      </c>
+      <c r="F360" s="165"/>
+      <c r="G360" s="163" t="s">
+        <v>54</v>
+      </c>
+      <c r="H360" s="166" t="s">
+        <v>55</v>
+      </c>
+      <c r="I360" s="167" t="s">
+        <v>56</v>
+      </c>
+      <c r="J360" s="167" t="s">
+        <v>57</v>
+      </c>
+      <c r="K360" s="168" t="s">
+        <v>58</v>
+      </c>
+      <c r="L360" s="169" t="s">
         <v>59</v>
       </c>
-      <c r="O4" s="117" t="s">
-[...2 lines deleted...]
-      <c r="P4" s="116" t="s">
+      <c r="M360" s="170" t="s">
+        <v>86</v>
+      </c>
+      <c r="N360" s="170" t="s">
+        <v>87</v>
+      </c>
+      <c r="O360" s="170" t="s">
+        <v>88</v>
+      </c>
+      <c r="P360" s="170" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q360" s="170" t="s">
+        <v>90</v>
+      </c>
+      <c r="R360" s="170" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="361" spans="1:18" ht="71.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A361" s="354" t="s">
+        <v>378</v>
+      </c>
+      <c r="B361" s="354" t="s">
+        <v>379</v>
+      </c>
+      <c r="C361" s="203" t="s">
+        <v>380</v>
+      </c>
+      <c r="D361" s="355" t="s">
+        <v>381</v>
+      </c>
+      <c r="E361" s="356" t="s">
+        <v>382</v>
+      </c>
+      <c r="F361" s="357"/>
+      <c r="G361" s="355" t="s">
+        <v>383</v>
+      </c>
+      <c r="H361" s="358" t="s">
+        <v>214</v>
+      </c>
+      <c r="I361" s="359" t="s">
+        <v>384</v>
+      </c>
+      <c r="J361" s="358" t="s">
+        <v>98</v>
+      </c>
+      <c r="K361" s="360">
+        <v>0</v>
+      </c>
+      <c r="L361" s="190">
+        <v>3200</v>
+      </c>
+      <c r="M361" s="191"/>
+      <c r="N361" s="191"/>
+      <c r="O361" s="191"/>
+      <c r="P361" s="191"/>
+      <c r="Q361" s="180">
+        <v>750</v>
+      </c>
+      <c r="R361" s="181">
+        <v>2400000</v>
+      </c>
+    </row>
+    <row r="362" spans="1:18" ht="54" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A362" s="203" t="s">
+        <v>385</v>
+      </c>
+      <c r="B362" s="203" t="s">
+        <v>386</v>
+      </c>
+      <c r="C362" s="203" t="s">
+        <v>380</v>
+      </c>
+      <c r="D362" s="289" t="s">
+        <v>381</v>
+      </c>
+      <c r="E362" s="305" t="s">
+        <v>387</v>
+      </c>
+      <c r="F362" s="306"/>
+      <c r="G362" s="289" t="s">
+        <v>388</v>
+      </c>
+      <c r="H362" s="131" t="s">
+        <v>81</v>
+      </c>
+      <c r="I362" s="284" t="s">
+        <v>389</v>
+      </c>
+      <c r="J362" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K362" s="177">
+        <v>0</v>
+      </c>
+      <c r="L362" s="190">
+        <v>300000</v>
+      </c>
+      <c r="M362" s="191"/>
+      <c r="N362" s="191"/>
+      <c r="O362" s="191"/>
+      <c r="P362" s="191"/>
+      <c r="Q362" s="180">
+        <v>50</v>
+      </c>
+      <c r="R362" s="181">
+        <v>15000000</v>
+      </c>
+    </row>
+    <row r="363" spans="1:18" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A363" s="203" t="s">
+        <v>390</v>
+      </c>
+      <c r="B363" s="203" t="s">
+        <v>391</v>
+      </c>
+      <c r="C363" s="203" t="s">
+        <v>380</v>
+      </c>
+      <c r="D363" s="289" t="s">
+        <v>381</v>
+      </c>
+      <c r="E363" s="305" t="s">
+        <v>392</v>
+      </c>
+      <c r="F363" s="306"/>
+      <c r="G363" s="289" t="s">
+        <v>388</v>
+      </c>
+      <c r="H363" s="131" t="s">
+        <v>81</v>
+      </c>
+      <c r="I363" s="284" t="s">
+        <v>389</v>
+      </c>
+      <c r="J363" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K363" s="177" t="s">
+        <v>393</v>
+      </c>
+      <c r="L363" s="190">
+        <v>26000</v>
+      </c>
+      <c r="M363" s="191"/>
+      <c r="N363" s="191"/>
+      <c r="O363" s="191"/>
+      <c r="P363" s="191"/>
+      <c r="Q363" s="180">
+        <v>300</v>
+      </c>
+      <c r="R363" s="181">
+        <v>7800000</v>
+      </c>
+    </row>
+    <row r="364" spans="1:18" ht="54" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A364" s="203" t="s">
+        <v>394</v>
+      </c>
+      <c r="B364" s="203" t="s">
+        <v>395</v>
+      </c>
+      <c r="C364" s="203" t="s">
+        <v>380</v>
+      </c>
+      <c r="D364" s="289" t="s">
+        <v>381</v>
+      </c>
+      <c r="E364" s="305" t="s">
+        <v>396</v>
+      </c>
+      <c r="F364" s="306"/>
+      <c r="G364" s="289" t="s">
+        <v>388</v>
+      </c>
+      <c r="H364" s="131" t="s">
+        <v>81</v>
+      </c>
+      <c r="I364" s="284" t="s">
+        <v>389</v>
+      </c>
+      <c r="J364" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K364" s="177">
+        <v>0</v>
+      </c>
+      <c r="L364" s="190">
+        <v>200000</v>
+      </c>
+      <c r="M364" s="191"/>
+      <c r="N364" s="191"/>
+      <c r="O364" s="191"/>
+      <c r="P364" s="191"/>
+      <c r="Q364" s="180">
+        <v>100</v>
+      </c>
+      <c r="R364" s="181">
+        <v>20000000</v>
+      </c>
+    </row>
+    <row r="365" spans="1:18" ht="54" x14ac:dyDescent="0.25">
+      <c r="A365" s="203" t="s">
+        <v>397</v>
+      </c>
+      <c r="B365" s="203" t="s">
+        <v>398</v>
+      </c>
+      <c r="C365" s="203" t="s">
+        <v>380</v>
+      </c>
+      <c r="D365" s="289" t="s">
+        <v>381</v>
+      </c>
+      <c r="E365" s="305" t="s">
+        <v>399</v>
+      </c>
+      <c r="F365" s="306"/>
+      <c r="G365" s="289" t="s">
+        <v>388</v>
+      </c>
+      <c r="H365" s="131" t="s">
+        <v>81</v>
+      </c>
+      <c r="I365" s="284" t="s">
+        <v>389</v>
+      </c>
+      <c r="J365" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K365" s="177">
+        <v>0</v>
+      </c>
+      <c r="L365" s="190">
+        <v>20000</v>
+      </c>
+      <c r="M365" s="191"/>
+      <c r="N365" s="191"/>
+      <c r="O365" s="191"/>
+      <c r="P365" s="191"/>
+      <c r="Q365" s="180">
+        <v>323</v>
+      </c>
+      <c r="R365" s="181">
+        <v>6460000</v>
+      </c>
+    </row>
+    <row r="366" spans="1:18" ht="26.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A366" s="211" t="s">
+        <v>400</v>
+      </c>
+      <c r="B366" s="212"/>
+      <c r="C366" s="212"/>
+      <c r="D366" s="212"/>
+      <c r="E366" s="212"/>
+      <c r="F366" s="212"/>
+      <c r="G366" s="212"/>
+      <c r="H366" s="212"/>
+      <c r="I366" s="212"/>
+      <c r="J366" s="212"/>
+      <c r="K366" s="213"/>
+      <c r="L366" s="318" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="367" spans="1:18" ht="26.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A367" s="219" t="s">
+        <v>401</v>
+      </c>
+      <c r="B367" s="220"/>
+      <c r="C367" s="220"/>
+      <c r="D367" s="220"/>
+      <c r="E367" s="220"/>
+      <c r="F367" s="220"/>
+      <c r="G367" s="220"/>
+      <c r="H367" s="220"/>
+      <c r="I367" s="220"/>
+      <c r="J367" s="220"/>
+      <c r="K367" s="322"/>
+      <c r="L367" s="218" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="368" spans="1:18" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A368" s="219" t="s">
+        <v>402</v>
+      </c>
+      <c r="B368" s="220"/>
+      <c r="C368" s="220"/>
+      <c r="D368" s="220"/>
+      <c r="E368" s="220"/>
+      <c r="F368" s="220"/>
+      <c r="G368" s="220"/>
+      <c r="H368" s="220"/>
+      <c r="I368" s="220"/>
+      <c r="J368" s="220"/>
+      <c r="K368" s="322"/>
+      <c r="L368" s="218" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="369" spans="1:18" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A369" s="219" t="s">
+        <v>403</v>
+      </c>
+      <c r="B369" s="220"/>
+      <c r="C369" s="220"/>
+      <c r="D369" s="220"/>
+      <c r="E369" s="220"/>
+      <c r="F369" s="220"/>
+      <c r="G369" s="220"/>
+      <c r="H369" s="220"/>
+      <c r="I369" s="220"/>
+      <c r="J369" s="220"/>
+      <c r="K369" s="322"/>
+      <c r="L369" s="218" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="370" spans="1:18" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A370" s="219" t="s">
+        <v>404</v>
+      </c>
+      <c r="B370" s="220"/>
+      <c r="C370" s="220"/>
+      <c r="D370" s="220"/>
+      <c r="E370" s="220"/>
+      <c r="F370" s="220"/>
+      <c r="G370" s="220"/>
+      <c r="H370" s="220"/>
+      <c r="I370" s="220"/>
+      <c r="J370" s="220"/>
+      <c r="K370" s="221"/>
+      <c r="L370" s="218" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="371" spans="1:18" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A371" s="219" t="s">
+        <v>405</v>
+      </c>
+      <c r="B371" s="220"/>
+      <c r="C371" s="220"/>
+      <c r="D371" s="220"/>
+      <c r="E371" s="220"/>
+      <c r="F371" s="220"/>
+      <c r="G371" s="220"/>
+      <c r="H371" s="220"/>
+      <c r="I371" s="220"/>
+      <c r="J371" s="220"/>
+      <c r="K371" s="221"/>
+      <c r="L371" s="218" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="372" spans="1:18" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A372" s="219" t="s">
+        <v>406</v>
+      </c>
+      <c r="B372" s="220"/>
+      <c r="C372" s="220"/>
+      <c r="D372" s="220"/>
+      <c r="E372" s="220"/>
+      <c r="F372" s="220"/>
+      <c r="G372" s="220"/>
+      <c r="H372" s="220"/>
+      <c r="I372" s="220"/>
+      <c r="J372" s="220"/>
+      <c r="K372" s="221"/>
+      <c r="L372" s="218" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="373" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A373" s="219" t="s">
+        <v>407</v>
+      </c>
+      <c r="B373" s="220"/>
+      <c r="C373" s="220"/>
+      <c r="D373" s="220"/>
+      <c r="E373" s="220"/>
+      <c r="F373" s="220"/>
+      <c r="G373" s="220"/>
+      <c r="H373" s="220"/>
+      <c r="I373" s="220"/>
+      <c r="J373" s="220"/>
+      <c r="K373" s="221"/>
+      <c r="L373" s="218" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="374" spans="1:18" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A374" s="219" t="s">
+        <v>408</v>
+      </c>
+      <c r="B374" s="220"/>
+      <c r="C374" s="220"/>
+      <c r="D374" s="220"/>
+      <c r="E374" s="220"/>
+      <c r="F374" s="220"/>
+      <c r="G374" s="220"/>
+      <c r="H374" s="220"/>
+      <c r="I374" s="220"/>
+      <c r="J374" s="220"/>
+      <c r="K374" s="221"/>
+      <c r="L374" s="218" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="376" spans="1:18" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A376" s="156" t="s">
+        <v>409</v>
+      </c>
+      <c r="B376" s="157"/>
+      <c r="C376" s="157"/>
+      <c r="D376" s="157"/>
+      <c r="E376" s="157"/>
+      <c r="F376" s="157"/>
+      <c r="G376" s="157"/>
+      <c r="H376" s="157"/>
+      <c r="I376" s="157"/>
+      <c r="J376" s="157"/>
+      <c r="K376" s="158"/>
+      <c r="L376" s="159">
+        <v>2026</v>
+      </c>
+      <c r="M376" s="160"/>
+      <c r="N376" s="160"/>
+      <c r="O376" s="160"/>
+      <c r="P376" s="161"/>
+    </row>
+    <row r="377" spans="1:18" s="117" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A377" s="162" t="s">
+        <v>49</v>
+      </c>
+      <c r="B377" s="163" t="s">
+        <v>50</v>
+      </c>
+      <c r="C377" s="163" t="s">
+        <v>51</v>
+      </c>
+      <c r="D377" s="163" t="s">
+        <v>84</v>
+      </c>
+      <c r="E377" s="164" t="s">
+        <v>85</v>
+      </c>
+      <c r="F377" s="165"/>
+      <c r="G377" s="163" t="s">
+        <v>54</v>
+      </c>
+      <c r="H377" s="166" t="s">
+        <v>55</v>
+      </c>
+      <c r="I377" s="167" t="s">
+        <v>56</v>
+      </c>
+      <c r="J377" s="167" t="s">
+        <v>57</v>
+      </c>
+      <c r="K377" s="168" t="s">
+        <v>58</v>
+      </c>
+      <c r="L377" s="169" t="s">
         <v>59</v>
       </c>
-      <c r="Q4" s="117" t="s">
-[...622 lines deleted...]
-      <c r="E17" s="402" t="s">
+      <c r="M377" s="170" t="s">
+        <v>86</v>
+      </c>
+      <c r="N377" s="170" t="s">
+        <v>87</v>
+      </c>
+      <c r="O377" s="170" t="s">
+        <v>88</v>
+      </c>
+      <c r="P377" s="170" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q377" s="170" t="s">
+        <v>90</v>
+      </c>
+      <c r="R377" s="170" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="378" spans="1:18" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A378" s="203" t="s">
+        <v>410</v>
+      </c>
+      <c r="B378" s="203" t="s">
+        <v>411</v>
+      </c>
+      <c r="C378" s="203" t="s">
+        <v>380</v>
+      </c>
+      <c r="D378" s="289" t="s">
+        <v>412</v>
+      </c>
+      <c r="E378" s="305" t="s">
+        <v>413</v>
+      </c>
+      <c r="F378" s="306"/>
+      <c r="G378" s="289" t="s">
+        <v>414</v>
+      </c>
+      <c r="H378" s="131" t="s">
         <v>81</v>
       </c>
-      <c r="F17" s="403"/>
-[...774 lines deleted...]
-      <c r="I32" s="162" t="s">
+      <c r="I378" s="284" t="s">
         <v>30</v>
       </c>
-      <c r="J32" s="162" t="s">
-[...18 lines deleted...]
-      <c r="V32" s="163">
+      <c r="J378" s="189" t="s">
+        <v>98</v>
+      </c>
+      <c r="K378" s="177">
+        <v>0</v>
+      </c>
+      <c r="L378" s="190">
+        <v>1200</v>
+      </c>
+      <c r="M378" s="191"/>
+      <c r="N378" s="191"/>
+      <c r="O378" s="191"/>
+      <c r="P378" s="191"/>
+      <c r="Q378" s="180">
         <v>3000</v>
       </c>
-      <c r="W32" s="164"/>
-[...426 lines deleted...]
-      <c r="E41" s="356" t="s">
+      <c r="R378" s="181">
+        <v>3600000</v>
+      </c>
+    </row>
+    <row r="379" spans="1:18" s="117" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A379" s="156" t="s">
+        <v>415</v>
+      </c>
+      <c r="B379" s="157"/>
+      <c r="C379" s="157"/>
+      <c r="D379" s="157"/>
+      <c r="E379" s="157"/>
+      <c r="F379" s="157"/>
+      <c r="G379" s="157"/>
+      <c r="H379" s="157"/>
+      <c r="I379" s="157"/>
+      <c r="J379" s="157"/>
+      <c r="K379" s="158"/>
+      <c r="L379" s="318" t="s">
         <v>111</v>
       </c>
-      <c r="F41" s="357"/>
-[...5829 lines deleted...]
-      <c r="V164" s="163">
+      <c r="M379" s="149"/>
+      <c r="N379" s="149"/>
+      <c r="O379" s="149"/>
+      <c r="P379" s="149"/>
+      <c r="Q379" s="149"/>
+      <c r="R379" s="149"/>
+    </row>
+    <row r="380" spans="1:18" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A380" s="361" t="s">
+        <v>416</v>
+      </c>
+      <c r="B380" s="362"/>
+      <c r="C380" s="362"/>
+      <c r="D380" s="362"/>
+      <c r="E380" s="362"/>
+      <c r="F380" s="362"/>
+      <c r="G380" s="362"/>
+      <c r="H380" s="362"/>
+      <c r="I380" s="362"/>
+      <c r="J380" s="362"/>
+      <c r="K380" s="363"/>
+      <c r="L380" s="218" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="381" spans="1:18" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A381" s="364" t="s">
+        <v>417</v>
+      </c>
+      <c r="B381" s="365"/>
+      <c r="C381" s="365"/>
+      <c r="D381" s="365"/>
+      <c r="E381" s="365"/>
+      <c r="F381" s="365"/>
+      <c r="G381" s="365"/>
+      <c r="H381" s="365"/>
+      <c r="I381" s="365"/>
+      <c r="J381" s="365"/>
+      <c r="K381" s="366"/>
+      <c r="L381" s="218" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="382" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A382" s="364" t="s">
+        <v>418</v>
+      </c>
+      <c r="B382" s="365"/>
+      <c r="C382" s="365"/>
+      <c r="D382" s="365"/>
+      <c r="E382" s="365"/>
+      <c r="F382" s="365"/>
+      <c r="G382" s="365"/>
+      <c r="H382" s="365"/>
+      <c r="I382" s="365"/>
+      <c r="J382" s="365"/>
+      <c r="K382" s="366"/>
+      <c r="L382" s="218" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="383" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A383" s="364" t="s">
+        <v>419</v>
+      </c>
+      <c r="B383" s="365"/>
+      <c r="C383" s="365"/>
+      <c r="D383" s="365"/>
+      <c r="E383" s="365"/>
+      <c r="F383" s="365"/>
+      <c r="G383" s="365"/>
+      <c r="H383" s="365"/>
+      <c r="I383" s="365"/>
+      <c r="J383" s="365"/>
+      <c r="K383" s="366"/>
+      <c r="L383" s="218" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="384" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A384" s="364" t="s">
         <v>420</v>
       </c>
-      <c r="W164" s="164"/>
-[...2417 lines deleted...]
-      <c r="D217" s="255" t="s">
+      <c r="B384" s="365"/>
+      <c r="C384" s="365"/>
+      <c r="D384" s="365"/>
+      <c r="E384" s="365"/>
+      <c r="F384" s="365"/>
+      <c r="G384" s="365"/>
+      <c r="H384" s="365"/>
+      <c r="I384" s="365"/>
+      <c r="J384" s="365"/>
+      <c r="K384" s="366"/>
+      <c r="L384" s="218" t="s">
         <v>285</v>
       </c>
-      <c r="E217" s="100" t="s">
-[...60 lines deleted...]
-      <c r="D218" s="255" t="s">
+    </row>
+    <row r="385" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A385" s="364" t="s">
+        <v>421</v>
+      </c>
+      <c r="B385" s="365"/>
+      <c r="C385" s="365"/>
+      <c r="D385" s="365"/>
+      <c r="E385" s="365"/>
+      <c r="F385" s="365"/>
+      <c r="G385" s="365"/>
+      <c r="H385" s="365"/>
+      <c r="I385" s="365"/>
+      <c r="J385" s="365"/>
+      <c r="K385" s="366"/>
+      <c r="L385" s="218" t="s">
         <v>285</v>
       </c>
-      <c r="E218" s="100" t="s">
-[...21205 lines deleted...]
-      <c r="AF1014" s="107"/>
+    </row>
+    <row r="386" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A386" s="309"/>
+    </row>
+    <row r="392" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I392" s="153"/>
+    </row>
+    <row r="393" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C393" s="117"/>
     </row>
   </sheetData>
-  <customSheetViews>
-[...51 lines deleted...]
-    <mergeCell ref="G274:G280"/>
+  <mergeCells count="392">
+    <mergeCell ref="A380:K380"/>
+    <mergeCell ref="A381:K381"/>
+    <mergeCell ref="A382:K382"/>
+    <mergeCell ref="A383:K383"/>
+    <mergeCell ref="A384:K384"/>
+    <mergeCell ref="A385:K385"/>
+    <mergeCell ref="A374:K374"/>
+    <mergeCell ref="A376:K376"/>
+    <mergeCell ref="L376:P376"/>
+    <mergeCell ref="E377:F377"/>
+    <mergeCell ref="E378:F378"/>
+    <mergeCell ref="A379:K379"/>
+    <mergeCell ref="A368:K368"/>
+    <mergeCell ref="A369:K369"/>
+    <mergeCell ref="A370:K370"/>
+    <mergeCell ref="A371:K371"/>
+    <mergeCell ref="A372:K372"/>
+    <mergeCell ref="A373:K373"/>
+    <mergeCell ref="E362:F362"/>
+    <mergeCell ref="E363:F363"/>
+    <mergeCell ref="E364:F364"/>
+    <mergeCell ref="E365:F365"/>
+    <mergeCell ref="A366:K366"/>
+    <mergeCell ref="A367:K367"/>
+    <mergeCell ref="A356:K356"/>
+    <mergeCell ref="A357:K357"/>
+    <mergeCell ref="A359:K359"/>
+    <mergeCell ref="L359:P359"/>
+    <mergeCell ref="E360:F360"/>
+    <mergeCell ref="E361:F361"/>
+    <mergeCell ref="A350:K350"/>
+    <mergeCell ref="A351:K351"/>
+    <mergeCell ref="A352:K352"/>
+    <mergeCell ref="A353:K353"/>
+    <mergeCell ref="A354:K354"/>
+    <mergeCell ref="A355:K355"/>
+    <mergeCell ref="A344:K344"/>
+    <mergeCell ref="A345:K345"/>
+    <mergeCell ref="A346:K346"/>
+    <mergeCell ref="A347:K347"/>
+    <mergeCell ref="A348:K348"/>
+    <mergeCell ref="A349:K349"/>
+    <mergeCell ref="G333:G339"/>
+    <mergeCell ref="H333:H339"/>
+    <mergeCell ref="E340:F340"/>
+    <mergeCell ref="E341:F341"/>
+    <mergeCell ref="E342:F342"/>
+    <mergeCell ref="E343:F343"/>
+    <mergeCell ref="E331:F331"/>
+    <mergeCell ref="E332:F332"/>
+    <mergeCell ref="A333:A339"/>
+    <mergeCell ref="B333:B339"/>
+    <mergeCell ref="C333:C339"/>
+    <mergeCell ref="D333:D339"/>
+    <mergeCell ref="E333:F339"/>
+    <mergeCell ref="H315:H321"/>
+    <mergeCell ref="E322:F322"/>
+    <mergeCell ref="A324:A330"/>
+    <mergeCell ref="B324:B330"/>
+    <mergeCell ref="C324:C330"/>
+    <mergeCell ref="D324:D330"/>
+    <mergeCell ref="E324:F330"/>
+    <mergeCell ref="G324:G330"/>
+    <mergeCell ref="H324:H330"/>
+    <mergeCell ref="G306:G312"/>
+    <mergeCell ref="H306:H312"/>
+    <mergeCell ref="E313:F313"/>
+    <mergeCell ref="E314:F314"/>
+    <mergeCell ref="A315:A321"/>
+    <mergeCell ref="B315:B321"/>
+    <mergeCell ref="C315:C321"/>
+    <mergeCell ref="D315:D321"/>
+    <mergeCell ref="E315:F321"/>
+    <mergeCell ref="G315:G321"/>
+    <mergeCell ref="E304:F304"/>
+    <mergeCell ref="E305:F305"/>
+    <mergeCell ref="A306:A312"/>
+    <mergeCell ref="B306:B312"/>
+    <mergeCell ref="C306:C312"/>
+    <mergeCell ref="D306:D312"/>
+    <mergeCell ref="E306:F312"/>
+    <mergeCell ref="H288:H294"/>
+    <mergeCell ref="E295:F295"/>
+    <mergeCell ref="E296:F296"/>
+    <mergeCell ref="A297:A303"/>
+    <mergeCell ref="B297:B303"/>
+    <mergeCell ref="C297:C303"/>
+    <mergeCell ref="D297:D303"/>
+    <mergeCell ref="E297:F303"/>
+    <mergeCell ref="G297:G303"/>
+    <mergeCell ref="H297:H303"/>
+    <mergeCell ref="A288:A294"/>
+    <mergeCell ref="B288:B294"/>
+    <mergeCell ref="C288:C294"/>
+    <mergeCell ref="D288:D294"/>
+    <mergeCell ref="E288:F294"/>
+    <mergeCell ref="G288:G294"/>
     <mergeCell ref="H274:H280"/>
     <mergeCell ref="A281:A287"/>
     <mergeCell ref="B281:B287"/>
     <mergeCell ref="C281:C287"/>
     <mergeCell ref="D281:D287"/>
     <mergeCell ref="E281:F287"/>
-    <mergeCell ref="B321:B327"/>
-[...8 lines deleted...]
-    <mergeCell ref="A97:A103"/>
+    <mergeCell ref="G281:G287"/>
+    <mergeCell ref="H281:H287"/>
+    <mergeCell ref="A274:A280"/>
+    <mergeCell ref="B274:B280"/>
+    <mergeCell ref="C274:C280"/>
+    <mergeCell ref="D274:D280"/>
+    <mergeCell ref="E274:F280"/>
+    <mergeCell ref="G274:G280"/>
+    <mergeCell ref="H260:H266"/>
+    <mergeCell ref="A267:A273"/>
+    <mergeCell ref="B267:B273"/>
+    <mergeCell ref="C267:C273"/>
+    <mergeCell ref="D267:D273"/>
+    <mergeCell ref="E267:F273"/>
+    <mergeCell ref="G267:G273"/>
+    <mergeCell ref="H267:H273"/>
+    <mergeCell ref="A260:A266"/>
+    <mergeCell ref="B260:B266"/>
+    <mergeCell ref="C260:C266"/>
+    <mergeCell ref="D260:D266"/>
+    <mergeCell ref="E260:F266"/>
+    <mergeCell ref="G260:G266"/>
+    <mergeCell ref="H246:H252"/>
+    <mergeCell ref="A253:A259"/>
+    <mergeCell ref="B253:B259"/>
+    <mergeCell ref="C253:C259"/>
+    <mergeCell ref="D253:D259"/>
+    <mergeCell ref="E253:F259"/>
+    <mergeCell ref="G253:G259"/>
+    <mergeCell ref="H253:H259"/>
+    <mergeCell ref="H238:H243"/>
+    <mergeCell ref="A244:K244"/>
+    <mergeCell ref="L244:P244"/>
+    <mergeCell ref="E245:F245"/>
+    <mergeCell ref="A246:A252"/>
+    <mergeCell ref="B246:B252"/>
+    <mergeCell ref="C246:C252"/>
+    <mergeCell ref="D246:D252"/>
+    <mergeCell ref="E246:F252"/>
+    <mergeCell ref="G246:G252"/>
+    <mergeCell ref="A238:A243"/>
+    <mergeCell ref="B238:B243"/>
+    <mergeCell ref="C238:C243"/>
+    <mergeCell ref="D238:D243"/>
+    <mergeCell ref="E238:F243"/>
+    <mergeCell ref="G238:G243"/>
+    <mergeCell ref="G226:G231"/>
+    <mergeCell ref="H226:H231"/>
+    <mergeCell ref="A232:A237"/>
+    <mergeCell ref="B232:B237"/>
+    <mergeCell ref="C232:C237"/>
+    <mergeCell ref="D232:D237"/>
+    <mergeCell ref="E232:F237"/>
+    <mergeCell ref="G232:G237"/>
+    <mergeCell ref="H232:H237"/>
+    <mergeCell ref="A220:K220"/>
+    <mergeCell ref="A221:K221"/>
+    <mergeCell ref="A222:K222"/>
+    <mergeCell ref="A224:K224"/>
+    <mergeCell ref="E225:F225"/>
+    <mergeCell ref="A226:A231"/>
+    <mergeCell ref="B226:B231"/>
+    <mergeCell ref="C226:C231"/>
+    <mergeCell ref="D226:D231"/>
+    <mergeCell ref="E226:F231"/>
+    <mergeCell ref="H203:H209"/>
+    <mergeCell ref="A210:A216"/>
     <mergeCell ref="B210:B216"/>
     <mergeCell ref="C210:C216"/>
     <mergeCell ref="D210:D216"/>
     <mergeCell ref="E210:F216"/>
     <mergeCell ref="G210:G216"/>
     <mergeCell ref="H210:H216"/>
-    <mergeCell ref="E141:F141"/>
-[...6 lines deleted...]
-    <mergeCell ref="G161:G167"/>
+    <mergeCell ref="A203:A209"/>
+    <mergeCell ref="B203:B209"/>
+    <mergeCell ref="C203:C209"/>
+    <mergeCell ref="D203:D209"/>
+    <mergeCell ref="E203:F209"/>
     <mergeCell ref="G203:G209"/>
-    <mergeCell ref="H203:H209"/>
-[...1 lines deleted...]
-    <mergeCell ref="D118:D124"/>
+    <mergeCell ref="L194:P194"/>
+    <mergeCell ref="E195:F195"/>
+    <mergeCell ref="A196:A202"/>
+    <mergeCell ref="B196:B202"/>
+    <mergeCell ref="C196:C202"/>
+    <mergeCell ref="D196:D202"/>
+    <mergeCell ref="E196:F202"/>
+    <mergeCell ref="G196:G202"/>
+    <mergeCell ref="H196:H202"/>
+    <mergeCell ref="A188:K188"/>
+    <mergeCell ref="A189:K189"/>
+    <mergeCell ref="A190:K190"/>
+    <mergeCell ref="A191:K191"/>
+    <mergeCell ref="A192:K192"/>
+    <mergeCell ref="A194:K194"/>
+    <mergeCell ref="H175:H181"/>
+    <mergeCell ref="E182:F182"/>
+    <mergeCell ref="A184:K184"/>
+    <mergeCell ref="A185:K185"/>
+    <mergeCell ref="A186:K186"/>
+    <mergeCell ref="A187:K187"/>
+    <mergeCell ref="A175:A181"/>
+    <mergeCell ref="B175:B181"/>
+    <mergeCell ref="C175:C181"/>
+    <mergeCell ref="D175:D181"/>
+    <mergeCell ref="E175:F181"/>
+    <mergeCell ref="G175:G181"/>
+    <mergeCell ref="H161:H167"/>
+    <mergeCell ref="A168:A174"/>
+    <mergeCell ref="B168:B174"/>
+    <mergeCell ref="C168:C174"/>
+    <mergeCell ref="D168:D174"/>
+    <mergeCell ref="E168:F174"/>
+    <mergeCell ref="G168:G174"/>
+    <mergeCell ref="H168:H174"/>
     <mergeCell ref="A161:A167"/>
     <mergeCell ref="B161:B167"/>
     <mergeCell ref="C161:C167"/>
     <mergeCell ref="D161:D167"/>
     <mergeCell ref="E161:F167"/>
-    <mergeCell ref="E182:F182"/>
-[...159 lines deleted...]
-    <mergeCell ref="V152:Z152"/>
+    <mergeCell ref="G161:G167"/>
+    <mergeCell ref="L152:P152"/>
     <mergeCell ref="E153:F153"/>
     <mergeCell ref="A154:A160"/>
     <mergeCell ref="B154:B160"/>
     <mergeCell ref="C154:C160"/>
     <mergeCell ref="D154:D160"/>
     <mergeCell ref="E154:F160"/>
     <mergeCell ref="G154:G160"/>
     <mergeCell ref="H154:H160"/>
-    <mergeCell ref="L152:P152"/>
-[...165 lines deleted...]
-    <mergeCell ref="E361:F361"/>
+    <mergeCell ref="A146:K146"/>
+    <mergeCell ref="A147:K147"/>
+    <mergeCell ref="A148:K148"/>
+    <mergeCell ref="A149:K149"/>
+    <mergeCell ref="A150:K150"/>
+    <mergeCell ref="A152:K152"/>
+    <mergeCell ref="E139:F139"/>
+    <mergeCell ref="E140:F140"/>
+    <mergeCell ref="E141:F141"/>
+    <mergeCell ref="A143:K143"/>
+    <mergeCell ref="A144:K144"/>
+    <mergeCell ref="A145:K145"/>
+    <mergeCell ref="H125:H131"/>
+    <mergeCell ref="A132:A138"/>
+    <mergeCell ref="B132:B138"/>
+    <mergeCell ref="C132:C138"/>
+    <mergeCell ref="D132:D138"/>
+    <mergeCell ref="E132:F138"/>
+    <mergeCell ref="G132:G138"/>
+    <mergeCell ref="H132:H138"/>
+    <mergeCell ref="A125:A131"/>
+    <mergeCell ref="B125:B131"/>
+    <mergeCell ref="C125:C131"/>
+    <mergeCell ref="D125:D131"/>
+    <mergeCell ref="E125:F131"/>
+    <mergeCell ref="G125:G131"/>
+    <mergeCell ref="H111:H117"/>
+    <mergeCell ref="A118:A124"/>
+    <mergeCell ref="B118:B124"/>
+    <mergeCell ref="C118:C124"/>
+    <mergeCell ref="D118:D124"/>
+    <mergeCell ref="E118:F124"/>
+    <mergeCell ref="G118:G124"/>
+    <mergeCell ref="H118:H124"/>
+    <mergeCell ref="A111:A117"/>
+    <mergeCell ref="B111:B117"/>
+    <mergeCell ref="C111:C117"/>
+    <mergeCell ref="D111:D117"/>
+    <mergeCell ref="E111:F117"/>
+    <mergeCell ref="G111:G117"/>
+    <mergeCell ref="G97:G103"/>
+    <mergeCell ref="H97:H103"/>
+    <mergeCell ref="A104:A110"/>
+    <mergeCell ref="B104:B110"/>
+    <mergeCell ref="C104:C110"/>
+    <mergeCell ref="D104:D110"/>
+    <mergeCell ref="E104:F110"/>
+    <mergeCell ref="G104:G110"/>
+    <mergeCell ref="H104:H110"/>
+    <mergeCell ref="E93:F93"/>
+    <mergeCell ref="A94:K94"/>
+    <mergeCell ref="A95:K95"/>
+    <mergeCell ref="L95:P95"/>
+    <mergeCell ref="E96:F96"/>
+    <mergeCell ref="A97:A103"/>
+    <mergeCell ref="B97:B103"/>
+    <mergeCell ref="C97:C103"/>
+    <mergeCell ref="D97:D103"/>
+    <mergeCell ref="E97:F103"/>
+    <mergeCell ref="H81:H86"/>
+    <mergeCell ref="A87:A92"/>
+    <mergeCell ref="B87:B92"/>
+    <mergeCell ref="C87:C92"/>
+    <mergeCell ref="D87:D92"/>
+    <mergeCell ref="E87:F92"/>
+    <mergeCell ref="G87:G92"/>
+    <mergeCell ref="H87:H92"/>
+    <mergeCell ref="A76:K76"/>
+    <mergeCell ref="A77:K77"/>
+    <mergeCell ref="A79:K79"/>
+    <mergeCell ref="E80:F80"/>
+    <mergeCell ref="A81:A86"/>
+    <mergeCell ref="B81:B86"/>
+    <mergeCell ref="C81:C86"/>
+    <mergeCell ref="D81:D86"/>
+    <mergeCell ref="E81:F86"/>
+    <mergeCell ref="G81:G86"/>
+    <mergeCell ref="L70:P70"/>
+    <mergeCell ref="E71:F71"/>
+    <mergeCell ref="E72:F72"/>
+    <mergeCell ref="A73:K73"/>
+    <mergeCell ref="A74:K74"/>
+    <mergeCell ref="A75:K75"/>
+    <mergeCell ref="A64:K64"/>
+    <mergeCell ref="A65:K65"/>
+    <mergeCell ref="A66:K66"/>
+    <mergeCell ref="A67:K67"/>
+    <mergeCell ref="A68:K68"/>
+    <mergeCell ref="A70:K70"/>
+    <mergeCell ref="J55:J56"/>
+    <mergeCell ref="E57:F57"/>
+    <mergeCell ref="E58:F58"/>
+    <mergeCell ref="A61:K61"/>
+    <mergeCell ref="A62:K62"/>
+    <mergeCell ref="A63:K63"/>
+    <mergeCell ref="L52:P52"/>
+    <mergeCell ref="E53:F53"/>
+    <mergeCell ref="E54:F54"/>
+    <mergeCell ref="A55:A56"/>
+    <mergeCell ref="B55:B56"/>
+    <mergeCell ref="C55:C56"/>
+    <mergeCell ref="D55:D56"/>
+    <mergeCell ref="E55:F56"/>
+    <mergeCell ref="G55:G56"/>
+    <mergeCell ref="H55:H56"/>
+    <mergeCell ref="A47:K47"/>
+    <mergeCell ref="A48:K48"/>
+    <mergeCell ref="A49:K49"/>
+    <mergeCell ref="A50:K50"/>
+    <mergeCell ref="A51:K51"/>
+    <mergeCell ref="A52:K52"/>
+    <mergeCell ref="E41:F41"/>
+    <mergeCell ref="A42:K42"/>
+    <mergeCell ref="A43:K43"/>
+    <mergeCell ref="A44:K44"/>
+    <mergeCell ref="A45:K45"/>
+    <mergeCell ref="A46:K46"/>
+    <mergeCell ref="G27:G33"/>
+    <mergeCell ref="H27:H33"/>
+    <mergeCell ref="A34:A40"/>
+    <mergeCell ref="B34:B40"/>
+    <mergeCell ref="C34:C40"/>
+    <mergeCell ref="D34:D40"/>
+    <mergeCell ref="E34:F40"/>
+    <mergeCell ref="G34:G40"/>
+    <mergeCell ref="H34:H40"/>
+    <mergeCell ref="G18:G23"/>
+    <mergeCell ref="H18:H23"/>
+    <mergeCell ref="A25:K25"/>
+    <mergeCell ref="L25:P25"/>
+    <mergeCell ref="E26:F26"/>
+    <mergeCell ref="A27:A33"/>
+    <mergeCell ref="B27:B33"/>
+    <mergeCell ref="C27:C33"/>
+    <mergeCell ref="D27:D33"/>
+    <mergeCell ref="E27:F33"/>
+    <mergeCell ref="E17:F17"/>
+    <mergeCell ref="A18:A23"/>
+    <mergeCell ref="B18:B23"/>
+    <mergeCell ref="C18:C23"/>
+    <mergeCell ref="D18:D23"/>
+    <mergeCell ref="E18:F23"/>
+    <mergeCell ref="H5:H10"/>
+    <mergeCell ref="A11:A16"/>
+    <mergeCell ref="B11:B16"/>
+    <mergeCell ref="C11:C16"/>
+    <mergeCell ref="D11:D16"/>
+    <mergeCell ref="E11:F16"/>
+    <mergeCell ref="G11:G16"/>
+    <mergeCell ref="H11:H16"/>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
-    <mergeCell ref="A379:K379"/>
-[...20 lines deleted...]
-    <mergeCell ref="E226:F231"/>
+    <mergeCell ref="A3:K3"/>
+    <mergeCell ref="E4:F4"/>
+    <mergeCell ref="A5:A10"/>
+    <mergeCell ref="B5:B10"/>
+    <mergeCell ref="C5:C10"/>
+    <mergeCell ref="D5:D10"/>
+    <mergeCell ref="E5:F10"/>
+    <mergeCell ref="G5:G10"/>
   </mergeCells>
-  <phoneticPr fontId="6" type="noConversion"/>
-[...4 lines deleted...]
-  </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0" footer="0"/>
-  <pageSetup paperSize="9" scale="66" fitToHeight="0" orientation="landscape" cellComments="asDisplayed" errors="dash" r:id="rId4"/>
-  <legacyDrawing r:id="rId5"/>
+  <pageSetup paperSize="9" scale="62" fitToHeight="0" orientation="landscape" cellComments="asDisplayed" errors="dash" r:id="rId1"/>
+  <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1D359AFF-8E97-4D4B-9D00-A28D5F702329}">
   <dimension ref="A1:P21"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C27" sqref="C27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="13.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="5" width="15.5703125" style="55" customWidth="1"/>
     <col min="6" max="6" width="16.42578125" style="55" customWidth="1"/>
     <col min="7" max="16" width="15.5703125" style="55" customWidth="1"/>
     <col min="17" max="16384" width="8.85546875" style="55"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" s="42" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="415" t="s">
+      <c r="A1" s="114" t="s">
+        <v>422</v>
+      </c>
+      <c r="B1" s="114" t="s">
+        <v>423</v>
+      </c>
+      <c r="C1" s="114" t="s">
+        <v>424</v>
+      </c>
+      <c r="D1" s="114" t="s">
+        <v>425</v>
+      </c>
+      <c r="E1" s="114" t="s">
+        <v>426</v>
+      </c>
+      <c r="F1" s="114" t="s">
+        <v>427</v>
+      </c>
+      <c r="G1" s="112" t="s">
+        <v>425</v>
+      </c>
+      <c r="H1" s="113"/>
+      <c r="I1" s="113"/>
+      <c r="J1" s="113"/>
+      <c r="K1" s="113"/>
+      <c r="L1" s="113"/>
+      <c r="M1" s="113"/>
+      <c r="N1" s="113"/>
+      <c r="O1" s="113"/>
+      <c r="P1" s="113"/>
+    </row>
+    <row r="2" spans="1:16" s="42" customFormat="1" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="115"/>
+      <c r="B2" s="115"/>
+      <c r="C2" s="115"/>
+      <c r="D2" s="115"/>
+      <c r="E2" s="115"/>
+      <c r="F2" s="115"/>
+      <c r="G2" s="43" t="s">
+        <v>428</v>
+      </c>
+      <c r="H2" s="43" t="s">
+        <v>429</v>
+      </c>
+      <c r="I2" s="44" t="s">
         <v>430</v>
       </c>
-      <c r="B1" s="415" t="s">
+      <c r="J2" s="44" t="s">
         <v>431</v>
       </c>
-      <c r="C1" s="415" t="s">
+      <c r="K2" s="45" t="s">
         <v>432</v>
       </c>
-      <c r="D1" s="415" t="s">
+      <c r="L2" s="46" t="s">
         <v>433</v>
       </c>
-      <c r="E1" s="415" t="s">
+      <c r="M2" s="45" t="s">
         <v>434</v>
       </c>
-      <c r="F1" s="415" t="s">
+      <c r="N2" s="45" t="s">
         <v>435</v>
       </c>
-      <c r="G1" s="413" t="s">
-[...19 lines deleted...]
-      <c r="G2" s="43" t="s">
+      <c r="O2" s="45" t="s">
         <v>436</v>
       </c>
-      <c r="H2" s="43" t="s">
+      <c r="P2" s="45" t="s">
         <v>437</v>
-      </c>
-[...22 lines deleted...]
-        <v>445</v>
       </c>
     </row>
     <row r="3" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A3" s="47" t="s">
-        <v>446</v>
+        <v>438</v>
       </c>
       <c r="B3" s="48">
         <v>3864296</v>
       </c>
       <c r="C3" s="49">
         <v>999076.2</v>
       </c>
       <c r="D3" s="49"/>
       <c r="E3" s="50"/>
       <c r="F3" s="50"/>
       <c r="G3" s="51">
         <f>D3*H3</f>
         <v>0</v>
       </c>
       <c r="H3" s="54">
         <v>0.52</v>
       </c>
       <c r="I3" s="52">
         <f>D3*J3</f>
         <v>0</v>
       </c>
       <c r="J3" s="70">
         <v>0.48</v>
       </c>
       <c r="K3" s="53">
         <f>D3*L3</f>
         <v>0</v>
       </c>
       <c r="L3" s="54">
         <v>0.29299999999999998</v>
       </c>
       <c r="M3" s="51">
         <f>N3*D3</f>
         <v>0</v>
       </c>
       <c r="N3" s="54">
         <v>0.16</v>
       </c>
       <c r="O3" s="51">
         <f>P3*D3</f>
         <v>0</v>
       </c>
       <c r="P3" s="54">
         <v>0.15</v>
       </c>
     </row>
     <row r="4" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A4" s="47" t="s">
-        <v>447</v>
+        <v>439</v>
       </c>
       <c r="B4" s="48">
         <v>1120000</v>
       </c>
       <c r="C4" s="49">
         <v>1109559.7</v>
       </c>
       <c r="D4" s="49"/>
       <c r="E4" s="50"/>
       <c r="F4" s="50"/>
       <c r="G4" s="51">
         <f t="shared" ref="G4:G7" si="0">D4*H4</f>
         <v>0</v>
       </c>
       <c r="H4" s="54">
         <v>0.5</v>
       </c>
       <c r="I4" s="52">
         <f t="shared" ref="I4:I7" si="1">D4*J4</f>
         <v>0</v>
       </c>
       <c r="J4" s="70">
         <f>100%-H4</f>
         <v>0.5</v>
       </c>
       <c r="K4" s="53">
         <f t="shared" ref="K4:K7" si="2">D4*L4</f>
         <v>0</v>
       </c>
       <c r="L4" s="54">
         <v>0.52</v>
       </c>
       <c r="M4" s="51">
         <f t="shared" ref="M4:M7" si="3">N4*D4</f>
         <v>0</v>
       </c>
       <c r="N4" s="54">
         <v>0.2</v>
       </c>
       <c r="O4" s="51">
         <f t="shared" ref="O4:O7" si="4">P4*D4</f>
         <v>0</v>
       </c>
       <c r="P4" s="54">
         <v>0.15</v>
       </c>
     </row>
     <row r="5" spans="1:16" ht="27" x14ac:dyDescent="0.25">
       <c r="A5" s="47" t="s">
-        <v>448</v>
+        <v>440</v>
       </c>
       <c r="B5" s="48">
         <v>23655</v>
       </c>
       <c r="C5" s="49">
         <v>22825</v>
       </c>
       <c r="D5" s="49"/>
       <c r="E5" s="50"/>
       <c r="F5" s="50"/>
       <c r="G5" s="51">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H5" s="54">
         <v>0.51800000000000002</v>
       </c>
       <c r="I5" s="52">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="J5" s="70">
         <f>100%-H5</f>
         <v>0.48199999999999998</v>
       </c>
       <c r="K5" s="53">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="L5" s="54">
         <v>0.40329999999999999</v>
       </c>
       <c r="M5" s="51">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="N5" s="54">
         <v>0.17220216606498195</v>
       </c>
       <c r="O5" s="51">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="P5" s="54">
         <v>0.15</v>
       </c>
     </row>
     <row r="6" spans="1:16" ht="27" x14ac:dyDescent="0.25">
       <c r="A6" s="47" t="s">
-        <v>449</v>
+        <v>441</v>
       </c>
       <c r="B6" s="48">
         <v>201136</v>
       </c>
       <c r="C6" s="49">
         <v>193041</v>
       </c>
       <c r="D6" s="49"/>
       <c r="E6" s="50"/>
       <c r="F6" s="50"/>
       <c r="G6" s="51">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H6" s="54">
         <v>0.496</v>
       </c>
       <c r="I6" s="52">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="J6" s="70">
         <f>100%-H6</f>
         <v>0.504</v>
       </c>
@@ -38143,51 +16846,51 @@
       <c r="I7" s="52">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="J7" s="70">
         <v>0.3</v>
       </c>
       <c r="K7" s="53">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="L7" s="54"/>
       <c r="M7" s="51">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="N7" s="54"/>
       <c r="O7" s="51">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="P7" s="54"/>
     </row>
     <row r="8" spans="1:16" s="63" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A8" s="56" t="s">
-        <v>450</v>
+        <v>442</v>
       </c>
       <c r="B8" s="57">
         <f>SUM(B3:B7)</f>
         <v>5373184</v>
       </c>
       <c r="C8" s="57">
         <f>SUM(C3:C7)</f>
         <v>2471936.9</v>
       </c>
       <c r="D8" s="57"/>
       <c r="E8" s="58"/>
       <c r="F8" s="58"/>
       <c r="G8" s="58">
         <f t="shared" ref="G8" si="5">SUM(G3:G7)</f>
         <v>0</v>
       </c>
       <c r="H8" s="59"/>
       <c r="I8" s="60">
         <f>ROUND(SUM(I3:I7),-3)</f>
         <v>0</v>
       </c>
       <c r="J8" s="59"/>
       <c r="K8" s="60">
         <f>ROUND(SUM(K3:K7),-3)</f>
         <v>0</v>
@@ -38200,117 +16903,117 @@
       <c r="N8" s="61"/>
       <c r="O8" s="62">
         <f>SUM(O3:O7)</f>
         <v>0</v>
       </c>
       <c r="P8" s="61"/>
     </row>
     <row r="9" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A9" s="64"/>
       <c r="B9" s="64"/>
       <c r="C9" s="64"/>
       <c r="D9" s="64"/>
       <c r="E9" s="64"/>
       <c r="F9" s="64"/>
       <c r="G9" s="64"/>
       <c r="H9" s="64"/>
       <c r="I9" s="64"/>
       <c r="J9" s="64"/>
       <c r="K9" s="64"/>
       <c r="L9" s="64"/>
       <c r="M9" s="64"/>
       <c r="N9" s="64"/>
     </row>
     <row r="10" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A10" s="55" t="s">
-        <v>451</v>
+        <v>443</v>
       </c>
     </row>
     <row r="16" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="J16" s="65"/>
     </row>
     <row r="17" spans="10:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="J17" s="65"/>
     </row>
     <row r="18" spans="10:11" x14ac:dyDescent="0.25">
       <c r="J18" s="65"/>
       <c r="K18" s="66"/>
     </row>
     <row r="19" spans="10:11" x14ac:dyDescent="0.25">
       <c r="J19" s="65"/>
     </row>
     <row r="20" spans="10:11" x14ac:dyDescent="0.25">
       <c r="J20" s="65"/>
       <c r="K20" s="66"/>
     </row>
     <row r="21" spans="10:11" x14ac:dyDescent="0.25">
       <c r="J21" s="65"/>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="G1:P1"/>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:B2"/>
     <mergeCell ref="C1:C2"/>
     <mergeCell ref="D1:D2"/>
     <mergeCell ref="E1:E2"/>
     <mergeCell ref="F1:F2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="572d5251-ef0c-472b-8560-265d0ea24ad8">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="013c30a8-76b9-4357-a999-24e8bf0a122e" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007C8D1B5FFD618B4E96C2FF7D88AB182B" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="12edbb87ca7baee6886666259040e8d4">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="572d5251-ef0c-472b-8560-265d0ea24ad8" xmlns:ns3="013c30a8-76b9-4357-a999-24e8bf0a122e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2dd49216f089350014fc1f3899288c4e" ns2:_="" ns3:_="">
     <xsd:import namespace="572d5251-ef0c-472b-8560-265d0ea24ad8"/>
     <xsd:import namespace="013c30a8-76b9-4357-a999-24e8bf0a122e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
@@ -38531,64 +17234,64 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{23894A17-B2EB-4CCA-BEC1-F4E1FFCC8D39}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2816B2C0-F4CA-48BD-A3AF-A93F5FFC7774}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="572d5251-ef0c-472b-8560-265d0ea24ad8"/>
     <ds:schemaRef ds:uri="013c30a8-76b9-4357-a999-24e8bf0a122e"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{23894A17-B2EB-4CCA-BEC1-F4E1FFCC8D39}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3F88A5A-2303-480A-80DB-E80EACB49F41}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="572d5251-ef0c-472b-8560-265d0ea24ad8"/>
     <ds:schemaRef ds:uri="013c30a8-76b9-4357-a999-24e8bf0a122e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">