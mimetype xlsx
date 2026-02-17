--- v0 (2026-02-02)
+++ v1 (2026-02-17)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Amman Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 02/02/2026</t>
+    <t>export date: 17/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>