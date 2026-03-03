--- v1 (2026-02-17)
+++ v2 (2026-03-03)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Amman Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 17/02/2026</t>
+    <t>export date: 03/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>