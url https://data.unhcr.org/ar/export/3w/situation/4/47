--- v2 (2026-03-03)
+++ v3 (2026-03-17)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Amman Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 03/03/2026</t>
+    <t>export date: 17/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>