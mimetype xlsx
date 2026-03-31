--- v3 (2026-03-17)
+++ v4 (2026-03-31)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Amman Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 17/03/2026</t>
+    <t>export date: 31/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>