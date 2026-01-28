--- v0 (2026-01-25)
+++ v1 (2026-01-28)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 25/01/2026</t>
+    <t>export date: 28/01/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>