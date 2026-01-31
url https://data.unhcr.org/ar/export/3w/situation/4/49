--- v1 (2026-01-28)
+++ v2 (2026-01-31)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 28/01/2026</t>
+    <t>export date: 31/01/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>