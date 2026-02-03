--- v2 (2026-01-31)
+++ v3 (2026-02-03)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 31/01/2026</t>
+    <t>export date: 03/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>