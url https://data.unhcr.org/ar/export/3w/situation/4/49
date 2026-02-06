--- v3 (2026-02-03)
+++ v4 (2026-02-06)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 03/02/2026</t>
+    <t>export date: 06/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>