--- v4 (2026-02-06)
+++ v5 (2026-02-09)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 06/02/2026</t>
+    <t>export date: 09/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>