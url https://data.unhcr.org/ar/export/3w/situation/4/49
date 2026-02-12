--- v5 (2026-02-09)
+++ v6 (2026-02-12)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 09/02/2026</t>
+    <t>export date: 12/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>