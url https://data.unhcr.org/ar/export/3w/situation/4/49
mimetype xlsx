--- v6 (2026-02-12)
+++ v7 (2026-02-15)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 12/02/2026</t>
+    <t>export date: 15/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>