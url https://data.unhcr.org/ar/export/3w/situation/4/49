--- v7 (2026-02-15)
+++ v8 (2026-02-18)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 15/02/2026</t>
+    <t>export date: 18/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>