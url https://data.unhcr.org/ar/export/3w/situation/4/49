--- v8 (2026-02-18)
+++ v9 (2026-02-21)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 18/02/2026</t>
+    <t>export date: 21/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>