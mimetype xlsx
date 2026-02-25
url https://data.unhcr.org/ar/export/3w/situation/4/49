--- v9 (2026-02-21)
+++ v10 (2026-02-25)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 21/02/2026</t>
+    <t>export date: 25/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>