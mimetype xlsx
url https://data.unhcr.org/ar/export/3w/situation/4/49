--- v10 (2026-02-25)
+++ v11 (2026-02-28)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 25/02/2026</t>
+    <t>export date: 28/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>