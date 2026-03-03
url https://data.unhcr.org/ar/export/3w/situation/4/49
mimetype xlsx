--- v11 (2026-02-28)
+++ v12 (2026-03-03)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 28/02/2026</t>
+    <t>export date: 03/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>