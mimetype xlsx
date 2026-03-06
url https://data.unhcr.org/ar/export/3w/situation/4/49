--- v12 (2026-03-03)
+++ v13 (2026-03-06)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 03/03/2026</t>
+    <t>export date: 06/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>