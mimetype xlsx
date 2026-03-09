--- v13 (2026-03-06)
+++ v14 (2026-03-09)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 06/03/2026</t>
+    <t>export date: 09/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>