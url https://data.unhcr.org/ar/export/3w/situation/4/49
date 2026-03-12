--- v14 (2026-03-09)
+++ v15 (2026-03-12)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 09/03/2026</t>
+    <t>export date: 12/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>