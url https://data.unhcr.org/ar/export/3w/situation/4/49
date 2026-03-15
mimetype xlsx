--- v15 (2026-03-12)
+++ v16 (2026-03-15)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 12/03/2026</t>
+    <t>export date: 15/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>