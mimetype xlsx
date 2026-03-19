--- v16 (2026-03-15)
+++ v17 (2026-03-19)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 15/03/2026</t>
+    <t>export date: 19/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>