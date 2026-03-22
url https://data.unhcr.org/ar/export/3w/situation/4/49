--- v17 (2026-03-19)
+++ v18 (2026-03-22)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 19/03/2026</t>
+    <t>export date: 22/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>