--- v18 (2026-03-22)
+++ v19 (2026-03-25)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 22/03/2026</t>
+    <t>export date: 25/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>