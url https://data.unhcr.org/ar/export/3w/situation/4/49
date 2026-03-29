--- v19 (2026-03-25)
+++ v20 (2026-03-29)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 25/03/2026</t>
+    <t>export date: 29/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>