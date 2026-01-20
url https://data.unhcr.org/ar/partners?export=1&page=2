--- v0 (2026-01-19)
+++ v1 (2026-01-20)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 19/01/2026</t>
+    <t>export date: 20/01/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>