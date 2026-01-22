--- v1 (2026-01-20)
+++ v2 (2026-01-22)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 20/01/2026</t>
+    <t>export date: 22/01/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>