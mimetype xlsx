--- v31 (2026-02-21)
+++ v32 (2026-02-22)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 21/02/2026</t>
+    <t>export date: 22/02/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>