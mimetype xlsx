--- v32 (2026-02-22)
+++ v33 (2026-02-23)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 22/02/2026</t>
+    <t>export date: 23/02/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>