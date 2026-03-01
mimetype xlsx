--- v36 (2026-02-28)
+++ v37 (2026-03-01)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 28/02/2026</t>
+    <t>export date: 01/03/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>