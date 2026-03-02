--- v37 (2026-03-01)
+++ v38 (2026-03-02)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 01/03/2026</t>
+    <t>export date: 02/03/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>