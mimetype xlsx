--- v39 (2026-03-03)
+++ v40 (2026-03-05)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 03/03/2026</t>
+    <t>export date: 05/03/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>