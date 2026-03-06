--- v40 (2026-03-05)
+++ v41 (2026-03-06)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 05/03/2026</t>
+    <t>export date: 06/03/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>