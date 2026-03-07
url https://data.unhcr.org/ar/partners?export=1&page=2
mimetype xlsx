--- v41 (2026-03-06)
+++ v42 (2026-03-07)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 06/03/2026</t>
+    <t>export date: 07/03/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>