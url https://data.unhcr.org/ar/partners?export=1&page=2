--- v43 (2026-03-10)
+++ v44 (2026-03-12)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 10/03/2026</t>
+    <t>export date: 12/03/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>