--- v49 (2026-03-17)
+++ v50 (2026-03-20)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 17/03/2026</t>
+    <t>export date: 20/03/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>