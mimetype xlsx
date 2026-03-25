--- v53 (2026-03-23)
+++ v54 (2026-03-25)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 23/03/2026</t>
+    <t>export date: 25/03/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>