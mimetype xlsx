--- v56 (2026-03-27)
+++ v57 (2026-03-29)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 27/03/2026</t>
+    <t>export date: 29/03/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>