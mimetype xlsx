--- v57 (2026-03-29)
+++ v58 (2026-03-30)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 29/03/2026</t>
+    <t>export date: 30/03/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>