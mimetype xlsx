--- v58 (2026-03-30)
+++ v59 (2026-03-31)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 30/03/2026</t>
+    <t>export date: 31/03/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>