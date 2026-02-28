--- v0 (2026-02-13)
+++ v1 (2026-02-28)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 13/02/2026</t>
+    <t>export date: 28/02/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>