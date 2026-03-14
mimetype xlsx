--- v1 (2026-02-28)
+++ v2 (2026-03-14)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 28/02/2026</t>
+    <t>export date: 14/03/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>