--- v2 (2026-03-14)
+++ v3 (2026-03-27)
@@ -23,261 +23,261 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 14/03/2026</t>
+    <t>export date: 27/03/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>
   <si>
     <t>North</t>
   </si>
   <si>
     <t>Adamawa</t>
   </si>
   <si>
     <t>Mangaize (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
+    <t>Hors Camp Oudalan</t>
+  </si>
+  <si>
+    <t>Centre-Est</t>
+  </si>
+  <si>
+    <t>Hors Camp Soum (old)</t>
+  </si>
+  <si>
+    <t>Hors Camp Soum (Old1)</t>
+  </si>
+  <si>
+    <t>Inabao</t>
+  </si>
+  <si>
+    <t>Koutougou</t>
+  </si>
+  <si>
+    <t>Camp de Mentao</t>
+  </si>
+  <si>
+    <t>Nassoumbo</t>
+  </si>
+  <si>
+    <t>Oursi/Autres</t>
+  </si>
+  <si>
+    <t>Hors Camp Soum</t>
+  </si>
+  <si>
+    <t>Soum/Autres</t>
+  </si>
+  <si>
+    <t>Tin-Hedja (hors camp)</t>
+  </si>
+  <si>
+    <t>Sud-Ouest</t>
+  </si>
+  <si>
+    <t>Uganda</t>
+  </si>
+  <si>
+    <t>Houet/Autres</t>
+  </si>
+  <si>
+    <t>Centre-Sud</t>
+  </si>
+  <si>
+    <t>Centre-Ouest</t>
+  </si>
+  <si>
+    <t>Hors Camp Férério</t>
+  </si>
+  <si>
+    <t>Centre-Nord</t>
+  </si>
+  <si>
+    <t>Somgandé</t>
+  </si>
+  <si>
+    <t>Est</t>
+  </si>
+  <si>
+    <t>Hauts-Bassins</t>
+  </si>
+  <si>
+    <t>Bobo-Dioulasso (urbains)</t>
+  </si>
+  <si>
+    <t>Nord</t>
+  </si>
+  <si>
+    <t>Gorom-Gorom (réfugiés urbain)</t>
+  </si>
+  <si>
+    <t>Plateau-Central</t>
+  </si>
+  <si>
+    <t>Camp de Sag-Nioniogo</t>
+  </si>
+  <si>
+    <t>Sahel</t>
+  </si>
+  <si>
+    <t>Deou (hors camp)</t>
+  </si>
+  <si>
     <t>Dibissi (hors camp)</t>
   </si>
   <si>
-    <t>Centre-Ouest</t>
-[...37 lines deleted...]
-  <si>
     <t>Djibo</t>
   </si>
   <si>
     <t>Gandafabou Kélwélé</t>
   </si>
   <si>
     <t>Camp de réfugiés de Goudoubo</t>
   </si>
   <si>
     <t>Gountouré Gnegne (hors camp)</t>
   </si>
   <si>
-    <t>Hors Camp Férério</t>
-[...43 lines deleted...]
-  <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>Boucle du Mouhoun</t>
   </si>
   <si>
     <t>Barani</t>
   </si>
   <si>
     <t>Kossi/Autres Sites</t>
   </si>
   <si>
     <t>Sourou/Autre</t>
   </si>
   <si>
     <t>Sourou/Autres Sites</t>
   </si>
   <si>
     <t>Tougan</t>
   </si>
   <si>
     <t>Cascades</t>
   </si>
   <si>
     <t>Centre</t>
   </si>
   <si>
     <t>Kadiogo/Autre</t>
   </si>
   <si>
     <t>Ouagadougou</t>
   </si>
   <si>
-    <t>Somgandé</t>
-[...1 lines deleted...]
-  <si>
     <t>Health</t>
   </si>
   <si>
     <t>Livelihood &amp; Social Stability</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Protection</t>
   </si>
   <si>
     <t>Water Sanitation Hygiene</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>Erbil Non-Camp</t>
   </si>
   <si>
     <t>Mental Health and Psychosocial Support</t>
   </si>
   <si>
+    <t>Qushtapa Camp</t>
+  </si>
+  <si>
+    <t>Kawergosk Camp</t>
+  </si>
+  <si>
+    <t>Darashakran Camp</t>
+  </si>
+  <si>
     <t>Basirma Camp</t>
-  </si>
-[...7 lines deleted...]
-    <t>Qushtapa Camp</t>
   </si>
   <si>
     <t>Reproductive Health</t>
   </si>
   <si>
     <t>A21</t>
   </si>
   <si>
     <t>Agriculture</t>
   </si>
   <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>Algiers</t>
   </si>
   <si>
     <t>Idomeni</t>
   </si>
   <si>
     <t>Food Security</t>
   </si>
   <si>
     <t>ABA Rule of Law Initiative</t>
   </si>
@@ -972,171 +972,171 @@
         <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="B24" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="B25" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="B26" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="B27" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="B28" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="B29" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="B30" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="B31" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="B32" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="B33" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="B34" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="B35" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="B36" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="B37" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="B38" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="B39" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="B40" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="B41" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="B42" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="B43" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="B44" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="B45" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="B46" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
     </row>
     <row r="47" spans="1:2">
       <c r="B47" t="s">
-        <v>6</v>
+        <v>42</v>
       </c>
     </row>
     <row r="48" spans="1:2">
       <c r="B48" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="49" spans="1:2">
       <c r="B49" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="50" spans="1:2">
       <c r="B50" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="51" spans="1:2">
       <c r="B51" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
     </row>
     <row r="52" spans="1:2">
       <c r="B52" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
     </row>
     <row r="53" spans="1:2">
       <c r="B53" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="54" spans="1:2">
       <c r="B54" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="55" spans="1:2">
       <c r="B55" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="56" spans="1:2">
       <c r="B56" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="57" spans="1:2">
       <c r="B57" t="s">
         <v>52</v>
@@ -1217,56 +1217,56 @@
         <v>64</v>
       </c>
     </row>
     <row r="73" spans="1:2">
       <c r="B73" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="74" spans="1:2">
       <c r="B74" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="75" spans="1:2">
       <c r="B75" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="76" spans="1:2">
       <c r="A76" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="77" spans="1:2">
       <c r="B77" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="78" spans="1:2">
       <c r="B78" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="79" spans="1:2">
       <c r="B79" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:2">
       <c r="A81" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="82" spans="1:2">
       <c r="A82" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="83" spans="1:2">
       <c r="B83" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="84" spans="1:2">
       <c r="B84" t="s">
         <v>63</v>
@@ -1312,76 +1312,76 @@
         <v>69</v>
       </c>
     </row>
     <row r="93" spans="1:2">
       <c r="B93" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="94" spans="1:2">
       <c r="B94" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="95" spans="1:2">
       <c r="B95" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="96" spans="1:2">
       <c r="A96" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="97" spans="1:2">
       <c r="B97" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
     </row>
     <row r="98" spans="1:2">
       <c r="B98" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="99" spans="1:2">
       <c r="B99" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="100" spans="1:2">
       <c r="B100" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="101" spans="1:2">
       <c r="B101" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
     </row>
     <row r="102" spans="1:2">
       <c r="B102" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
     </row>
     <row r="103" spans="1:2">
       <c r="A103" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="104" spans="1:2">
       <c r="B104" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="106" spans="1:2">
       <c r="A106" s="2" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="107" spans="1:2">
       <c r="A107" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="108" spans="1:2">
       <c r="B108" t="s">
         <v>77</v>
@@ -1577,166 +1577,166 @@
         <v>93</v>
       </c>
     </row>
     <row r="151" spans="1:2">
       <c r="B151" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="152" spans="1:2">
       <c r="B152" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="153" spans="1:2">
       <c r="B153" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="154" spans="1:2">
       <c r="A154" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="155" spans="1:2">
       <c r="B155" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="156" spans="1:2">
       <c r="B156" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="157" spans="1:2">
       <c r="B157" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="158" spans="1:2">
       <c r="A158" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="159" spans="1:2">
       <c r="B159" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="160" spans="1:2">
       <c r="A160" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="161" spans="1:2">
       <c r="B161" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="163" spans="1:2">
       <c r="A163" s="2" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="164" spans="1:2">
       <c r="A164" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="165" spans="1:2">
       <c r="B165" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="166" spans="1:2">
       <c r="A166" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="167" spans="1:2">
       <c r="B167" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="168" spans="1:2">
       <c r="B168" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="169" spans="1:2">
       <c r="B169" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="170" spans="1:2">
       <c r="B170" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="171" spans="1:2">
       <c r="B171" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="172" spans="1:2">
       <c r="B172" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="173" spans="1:2">
       <c r="B173" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="174" spans="1:2">
       <c r="B174" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="175" spans="1:2">
       <c r="B175" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="176" spans="1:2">
       <c r="B176" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="177" spans="1:2">
       <c r="A177" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="178" spans="1:2">
       <c r="B178" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="179" spans="1:2">
       <c r="B179" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="180" spans="1:2">
       <c r="B180" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="181" spans="1:2">
       <c r="B181" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="182" spans="1:2">
       <c r="B182" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="183" spans="1:2">
       <c r="A183" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="184" spans="1:2">
       <c r="B184" t="s">
         <v>11</v>
@@ -1757,51 +1757,51 @@
         <v>62</v>
       </c>
     </row>
     <row r="188" spans="1:2">
       <c r="B188" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="189" spans="1:2">
       <c r="B189" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="190" spans="1:2">
       <c r="B190" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="191" spans="1:2">
       <c r="A191" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="192" spans="1:2">
       <c r="B192" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="193" spans="1:2">
       <c r="B193" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="194" spans="1:2">
       <c r="B194" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="196" spans="1:2">
       <c r="A196" s="2" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="197" spans="1:2">
       <c r="A197" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="198" spans="1:2">
       <c r="B198" t="s">
         <v>104</v>
@@ -1987,146 +1987,146 @@
         <v>129</v>
       </c>
     </row>
     <row r="236" spans="1:2">
       <c r="B236" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="237" spans="1:2">
       <c r="B237" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="239" spans="1:2">
       <c r="A239" s="2" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="240" spans="1:2">
       <c r="A240" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="241" spans="1:2">
       <c r="B241" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="242" spans="1:2">
       <c r="B242" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="243" spans="1:2">
       <c r="A243" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="244" spans="1:2">
       <c r="B244" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="245" spans="1:2">
       <c r="B245" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="246" spans="1:2">
       <c r="A246" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="247" spans="1:2">
       <c r="B247" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="248" spans="1:2">
       <c r="B248" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="249" spans="1:2">
       <c r="A249" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="250" spans="1:2">
       <c r="B250" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="251" spans="1:2">
       <c r="B251" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="252" spans="1:2">
       <c r="A252" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="253" spans="1:2">
       <c r="B253" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="254" spans="1:2">
       <c r="B254" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="255" spans="1:2">
       <c r="B255" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="256" spans="1:2">
       <c r="B256" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="257" spans="1:2">
       <c r="B257" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="258" spans="1:2">
       <c r="A258" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="259" spans="1:2">
       <c r="B259" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="260" spans="1:2">
       <c r="B260" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="261" spans="1:2">
       <c r="A261" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="262" spans="1:2">
       <c r="B262" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="263" spans="1:2">
       <c r="B263" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="264" spans="1:2">
       <c r="B264" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="265" spans="1:2">
       <c r="B265" t="s">
         <v>109</v>
@@ -2257,101 +2257,101 @@
         <v>134</v>
       </c>
     </row>
     <row r="291" spans="1:2">
       <c r="B291" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="292" spans="1:2">
       <c r="B292" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="293" spans="1:2">
       <c r="B293" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="294" spans="1:2">
       <c r="A294" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="295" spans="1:2">
       <c r="B295" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="296" spans="1:2">
       <c r="B296" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="297" spans="1:2">
       <c r="B297" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="298" spans="1:2">
       <c r="B298" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="299" spans="1:2">
       <c r="B299" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="300" spans="1:2">
       <c r="B300" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="301" spans="1:2">
       <c r="B301" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="303" spans="1:2">
       <c r="A303" s="2" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="304" spans="1:2">
       <c r="A304" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="305" spans="1:2">
       <c r="B305" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="306" spans="1:2">
       <c r="B306" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="308" spans="1:2">
       <c r="A308" s="2" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="309" spans="1:2">
       <c r="A309" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="310" spans="1:2">
       <c r="B310" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="311" spans="1:2">
       <c r="B311" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="312" spans="1:2">
       <c r="B312" t="s">
         <v>13</v>
@@ -2432,816 +2432,816 @@
         <v>86</v>
       </c>
     </row>
     <row r="329" spans="1:2">
       <c r="A329" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="330" spans="1:2">
       <c r="B330" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="332" spans="1:2">
       <c r="A332" s="2" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="333" spans="1:2">
       <c r="A333" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="334" spans="1:2">
       <c r="B334" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="335" spans="1:2">
       <c r="B335" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="336" spans="1:2">
       <c r="B336" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="337" spans="1:2">
       <c r="B337" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="338" spans="1:2">
       <c r="B338" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="339" spans="1:2">
       <c r="B339" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="340" spans="1:2">
       <c r="B340" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="341" spans="1:2">
       <c r="B341" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="342" spans="1:2">
       <c r="B342" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="343" spans="1:2">
       <c r="B343" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="344" spans="1:2">
       <c r="B344" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="345" spans="1:2">
       <c r="B345" t="s">
-        <v>60</v>
+        <v>35</v>
       </c>
     </row>
     <row r="346" spans="1:2">
       <c r="B346" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
     </row>
     <row r="347" spans="1:2">
       <c r="B347" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="348" spans="1:2">
       <c r="B348" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
     </row>
     <row r="349" spans="1:2">
       <c r="B349" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="350" spans="1:2">
       <c r="B350" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="351" spans="1:2">
       <c r="B351" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="352" spans="1:2">
       <c r="B352" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
     </row>
     <row r="353" spans="1:2">
       <c r="B353" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
     </row>
     <row r="354" spans="1:2">
       <c r="B354" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
     </row>
     <row r="355" spans="1:2">
       <c r="B355" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
     </row>
     <row r="356" spans="1:2">
       <c r="B356" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
     </row>
     <row r="357" spans="1:2">
       <c r="B357" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
     </row>
     <row r="358" spans="1:2">
       <c r="B358" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
     </row>
     <row r="359" spans="1:2">
       <c r="B359" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
     </row>
     <row r="360" spans="1:2">
       <c r="B360" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
     </row>
     <row r="361" spans="1:2">
       <c r="B361" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
     </row>
     <row r="362" spans="1:2">
       <c r="B362" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
     </row>
     <row r="363" spans="1:2">
       <c r="B363" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
     </row>
     <row r="364" spans="1:2">
       <c r="B364" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
     </row>
     <row r="365" spans="1:2">
       <c r="B365" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="366" spans="1:2">
       <c r="B366" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
     </row>
     <row r="367" spans="1:2">
       <c r="B367" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
     </row>
     <row r="368" spans="1:2">
       <c r="B368" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="369" spans="1:2">
       <c r="B369" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
     </row>
     <row r="370" spans="1:2">
       <c r="B370" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
     </row>
     <row r="371" spans="1:2">
       <c r="B371" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
     </row>
     <row r="372" spans="1:2">
       <c r="B372" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="373" spans="1:2">
       <c r="B373" t="s">
-        <v>48</v>
+        <v>24</v>
       </c>
     </row>
     <row r="374" spans="1:2">
       <c r="B374" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
     </row>
     <row r="375" spans="1:2">
       <c r="B375" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
     </row>
     <row r="376" spans="1:2">
       <c r="B376" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
     </row>
     <row r="377" spans="1:2">
       <c r="B377" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
     </row>
     <row r="378" spans="1:2">
       <c r="B378" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
     </row>
     <row r="379" spans="1:2">
       <c r="A379" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="380" spans="1:2">
       <c r="B380" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="381" spans="1:2">
       <c r="B381" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="382" spans="1:2">
       <c r="A382" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="383" spans="1:2">
       <c r="B383" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="384" spans="1:2">
       <c r="B384" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="385" spans="1:2">
       <c r="B385" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="386" spans="1:2">
       <c r="B386" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="387" spans="1:2">
       <c r="B387" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="388" spans="1:2">
       <c r="B388" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="389" spans="1:2">
       <c r="B389" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="390" spans="1:2">
       <c r="B390" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="391" spans="1:2">
       <c r="B391" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="392" spans="1:2">
       <c r="B392" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="393" spans="1:2">
       <c r="B393" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="394" spans="1:2">
       <c r="B394" t="s">
-        <v>60</v>
+        <v>35</v>
       </c>
     </row>
     <row r="395" spans="1:2">
       <c r="B395" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
     </row>
     <row r="396" spans="1:2">
       <c r="B396" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="397" spans="1:2">
       <c r="B397" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
     </row>
     <row r="398" spans="1:2">
       <c r="B398" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="399" spans="1:2">
       <c r="B399" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="400" spans="1:2">
       <c r="B400" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="401" spans="1:2">
       <c r="B401" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
     </row>
     <row r="402" spans="1:2">
       <c r="B402" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
     </row>
     <row r="403" spans="1:2">
       <c r="B403" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
     </row>
     <row r="404" spans="1:2">
       <c r="B404" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
     </row>
     <row r="405" spans="1:2">
       <c r="B405" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
     </row>
     <row r="406" spans="1:2">
       <c r="B406" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
     </row>
     <row r="407" spans="1:2">
       <c r="B407" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
     </row>
     <row r="408" spans="1:2">
       <c r="B408" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
     </row>
     <row r="409" spans="1:2">
       <c r="B409" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
     </row>
     <row r="410" spans="1:2">
       <c r="B410" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
     </row>
     <row r="411" spans="1:2">
       <c r="B411" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
     </row>
     <row r="412" spans="1:2">
       <c r="B412" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
     </row>
     <row r="413" spans="1:2">
       <c r="B413" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
     </row>
     <row r="414" spans="1:2">
       <c r="B414" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="415" spans="1:2">
       <c r="B415" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
     </row>
     <row r="416" spans="1:2">
       <c r="B416" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
     </row>
     <row r="417" spans="1:2">
       <c r="B417" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
     </row>
     <row r="418" spans="1:2">
       <c r="B418" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
     </row>
     <row r="419" spans="1:2">
       <c r="B419" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
     </row>
     <row r="420" spans="1:2">
       <c r="B420" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
     </row>
     <row r="421" spans="1:2">
       <c r="B421" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
     </row>
     <row r="422" spans="1:2">
       <c r="B422" t="s">
-        <v>48</v>
+        <v>24</v>
       </c>
     </row>
     <row r="423" spans="1:2">
       <c r="B423" t="s">
-        <v>41</v>
+        <v>16</v>
       </c>
     </row>
     <row r="424" spans="1:2">
       <c r="B424" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="425" spans="1:2">
       <c r="B425" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
     </row>
     <row r="426" spans="1:2">
       <c r="B426" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
     </row>
     <row r="427" spans="1:2">
       <c r="B427" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="428" spans="1:2">
       <c r="A428" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="429" spans="1:2">
       <c r="B429" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="430" spans="1:2">
       <c r="B430" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="431" spans="1:2">
       <c r="A431" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="432" spans="1:2">
       <c r="B432" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="433" spans="1:2">
       <c r="B433" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="434" spans="1:2">
       <c r="A434" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="435" spans="1:2">
       <c r="B435" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="436" spans="1:2">
       <c r="B436" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="437" spans="1:2">
       <c r="B437" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="438" spans="1:2">
       <c r="B438" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="439" spans="1:2">
       <c r="B439" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="440" spans="1:2">
       <c r="B440" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="441" spans="1:2">
       <c r="B441" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="442" spans="1:2">
       <c r="B442" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="443" spans="1:2">
       <c r="B443" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="444" spans="1:2">
       <c r="B444" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="445" spans="1:2">
       <c r="B445" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="446" spans="1:2">
       <c r="B446" t="s">
-        <v>60</v>
+        <v>35</v>
       </c>
     </row>
     <row r="447" spans="1:2">
       <c r="B447" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
     </row>
     <row r="448" spans="1:2">
       <c r="B448" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="449" spans="1:2">
       <c r="B449" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
     </row>
     <row r="450" spans="1:2">
       <c r="B450" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="451" spans="1:2">
       <c r="B451" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="452" spans="1:2">
       <c r="B452" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="453" spans="1:2">
       <c r="B453" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
     </row>
     <row r="454" spans="1:2">
       <c r="B454" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
     </row>
     <row r="455" spans="1:2">
       <c r="B455" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
     </row>
     <row r="456" spans="1:2">
       <c r="B456" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
     </row>
     <row r="457" spans="1:2">
       <c r="B457" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
     </row>
     <row r="458" spans="1:2">
       <c r="B458" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
     </row>
     <row r="459" spans="1:2">
       <c r="B459" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
     </row>
     <row r="460" spans="1:2">
       <c r="B460" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
     </row>
     <row r="461" spans="1:2">
       <c r="B461" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
     </row>
     <row r="462" spans="1:2">
       <c r="B462" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
     </row>
     <row r="463" spans="1:2">
       <c r="B463" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
     </row>
     <row r="464" spans="1:2">
       <c r="B464" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
     </row>
     <row r="465" spans="1:2">
       <c r="B465" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
     </row>
     <row r="466" spans="1:2">
       <c r="B466" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="467" spans="1:2">
       <c r="B467" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
     </row>
     <row r="468" spans="1:2">
       <c r="B468" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
     </row>
     <row r="469" spans="1:2">
       <c r="B469" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="470" spans="1:2">
       <c r="B470" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
     </row>
     <row r="471" spans="1:2">
       <c r="B471" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
     </row>
     <row r="472" spans="1:2">
       <c r="B472" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
     </row>
     <row r="473" spans="1:2">
       <c r="B473" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="474" spans="1:2">
       <c r="B474" t="s">
-        <v>48</v>
+        <v>24</v>
       </c>
     </row>
     <row r="475" spans="1:2">
       <c r="B475" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
     </row>
     <row r="476" spans="1:2">
       <c r="B476" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
     </row>
     <row r="477" spans="1:2">
       <c r="B477" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
     </row>
     <row r="478" spans="1:2">
       <c r="B478" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
     </row>
     <row r="479" spans="1:2">
       <c r="B479" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
     </row>
     <row r="481" spans="1:2">
       <c r="A481" s="2" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="482" spans="1:2">
       <c r="A482" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="483" spans="1:2">
       <c r="B483" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="484" spans="1:2">
       <c r="B484" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="486" spans="1:2">
       <c r="A486" s="2" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="487" spans="1:2">
       <c r="A487" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="488" spans="1:2">
       <c r="B488" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="489" spans="1:2">
       <c r="B489" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="491" spans="1:2">
       <c r="A491" s="2" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="492" spans="1:2">
       <c r="A492" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="493" spans="1:2">
       <c r="B493" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="494" spans="1:2">
       <c r="A494" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="495" spans="1:2">
       <c r="B495" t="s">
         <v>149</v>