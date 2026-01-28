--- v0 (2026-01-21)
+++ v1 (2026-01-28)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>Horn of Africa Somalia Situation (Djibouti)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 21/01/2026</t>
+    <t>export date: 28/01/2026</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>ONARS</t>
   </si>
   <si>
     <t>L'Office National d'Assistance aux Refugies et Sinistres (Djiboutian Ministry of Interior)</t>
   </si>
   <si>
     <t>LWF</t>
   </si>
   <si>
     <t>Lutheran World Federation</t>
   </si>
   <si>
     <t>UNICEF</t>
   </si>
   <si>
     <t>United Nations Children's Fund</t>
   </si>
   <si>
     <t>UNESCO</t>
   </si>