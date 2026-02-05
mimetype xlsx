--- v1 (2026-01-28)
+++ v2 (2026-02-05)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>Horn of Africa Somalia Situation (Djibouti)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 28/01/2026</t>
+    <t>export date: 05/02/2026</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>ONARS</t>
   </si>
   <si>
     <t>L'Office National d'Assistance aux Refugies et Sinistres (Djiboutian Ministry of Interior)</t>
   </si>
   <si>
     <t>LWF</t>
   </si>
   <si>
     <t>Lutheran World Federation</t>
   </si>
   <si>
     <t>UNICEF</t>
   </si>
   <si>
     <t>United Nations Children's Fund</t>
   </si>
   <si>
     <t>UNESCO</t>
   </si>