--- v2 (2026-02-05)
+++ v3 (2026-02-12)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>Horn of Africa Somalia Situation (Djibouti)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 05/02/2026</t>
+    <t>export date: 12/02/2026</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>ONARS</t>
   </si>
   <si>
     <t>L'Office National d'Assistance aux Refugies et Sinistres (Djiboutian Ministry of Interior)</t>
   </si>
   <si>
     <t>LWF</t>
   </si>
   <si>
     <t>Lutheran World Federation</t>
   </si>
   <si>
     <t>UNICEF</t>
   </si>
   <si>
     <t>United Nations Children's Fund</t>
   </si>
   <si>
     <t>UNESCO</t>
   </si>