--- v3 (2026-02-12)
+++ v4 (2026-02-19)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>Horn of Africa Somalia Situation (Djibouti)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 12/02/2026</t>
+    <t>export date: 19/02/2026</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>ONARS</t>
   </si>
   <si>
     <t>L'Office National d'Assistance aux Refugies et Sinistres (Djiboutian Ministry of Interior)</t>
   </si>
   <si>
     <t>LWF</t>
   </si>
   <si>
     <t>Lutheran World Federation</t>
   </si>
   <si>
     <t>UNICEF</t>
   </si>
   <si>
     <t>United Nations Children's Fund</t>
   </si>
   <si>
     <t>UNESCO</t>
   </si>