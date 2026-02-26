--- v4 (2026-02-19)
+++ v5 (2026-02-26)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>Horn of Africa Somalia Situation (Djibouti)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 19/02/2026</t>
+    <t>export date: 26/02/2026</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>ONARS</t>
   </si>
   <si>
     <t>L'Office National d'Assistance aux Refugies et Sinistres (Djiboutian Ministry of Interior)</t>
   </si>
   <si>
     <t>LWF</t>
   </si>
   <si>
     <t>Lutheran World Federation</t>
   </si>
   <si>
     <t>UNICEF</t>
   </si>
   <si>
     <t>United Nations Children's Fund</t>
   </si>
   <si>
     <t>UNESCO</t>
   </si>