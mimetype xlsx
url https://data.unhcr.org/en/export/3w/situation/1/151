--- v5 (2026-02-26)
+++ v6 (2026-03-05)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>Horn of Africa Somalia Situation (Djibouti)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 26/02/2026</t>
+    <t>export date: 05/03/2026</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>ONARS</t>
   </si>
   <si>
     <t>L'Office National d'Assistance aux Refugies et Sinistres (Djiboutian Ministry of Interior)</t>
   </si>
   <si>
     <t>LWF</t>
   </si>
   <si>
     <t>Lutheran World Federation</t>
   </si>
   <si>
     <t>UNICEF</t>
   </si>
   <si>
     <t>United Nations Children's Fund</t>
   </si>
   <si>
     <t>UNESCO</t>
   </si>