--- v6 (2026-03-05)
+++ v7 (2026-03-12)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>Horn of Africa Somalia Situation (Djibouti)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 05/03/2026</t>
+    <t>export date: 12/03/2026</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>ONARS</t>
   </si>
   <si>
     <t>L'Office National d'Assistance aux Refugies et Sinistres (Djiboutian Ministry of Interior)</t>
   </si>
   <si>
     <t>LWF</t>
   </si>
   <si>
     <t>Lutheran World Federation</t>
   </si>
   <si>
     <t>UNICEF</t>
   </si>
   <si>
     <t>United Nations Children's Fund</t>
   </si>
   <si>
     <t>UNESCO</t>
   </si>