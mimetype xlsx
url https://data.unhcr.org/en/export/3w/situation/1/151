--- v7 (2026-03-12)
+++ v8 (2026-03-19)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>Horn of Africa Somalia Situation (Djibouti)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 12/03/2026</t>
+    <t>export date: 19/03/2026</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>ONARS</t>
   </si>
   <si>
     <t>L'Office National d'Assistance aux Refugies et Sinistres (Djiboutian Ministry of Interior)</t>
   </si>
   <si>
     <t>LWF</t>
   </si>
   <si>
     <t>Lutheran World Federation</t>
   </si>
   <si>
     <t>UNICEF</t>
   </si>
   <si>
     <t>United Nations Children's Fund</t>
   </si>
   <si>
     <t>UNESCO</t>
   </si>