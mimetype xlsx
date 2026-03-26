--- v8 (2026-03-19)
+++ v9 (2026-03-26)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>Horn of Africa Somalia Situation (Djibouti)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 19/03/2026</t>
+    <t>export date: 26/03/2026</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>ONARS</t>
   </si>
   <si>
     <t>L'Office National d'Assistance aux Refugies et Sinistres (Djiboutian Ministry of Interior)</t>
   </si>
   <si>
     <t>LWF</t>
   </si>
   <si>
     <t>Lutheran World Federation</t>
   </si>
   <si>
     <t>UNICEF</t>
   </si>
   <si>
     <t>United Nations Children's Fund</t>
   </si>
   <si>
     <t>UNESCO</t>
   </si>