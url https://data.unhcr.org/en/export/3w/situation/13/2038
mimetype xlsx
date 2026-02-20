--- v0 (2026-01-21)
+++ v1 (2026-02-20)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="10">
   <si>
     <t>Burundi Situation (Mtendeli)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 21/01/2026</t>
+    <t>export date: 20/02/2026</t>
   </si>
   <si>
     <t>Country Operation</t>
   </si>
   <si>
     <t>AAEDC</t>
   </si>
   <si>
     <t>Association des Animateurs et Encadreurs pour le Developpement Communautaire</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>NRC</t>
   </si>
   <si>
     <t xml:space="preserve">Norwegian Refugee Council </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>