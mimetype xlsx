--- v1 (2026-02-20)
+++ v2 (2026-03-23)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="10">
   <si>
     <t>Burundi Situation (Mtendeli)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 20/02/2026</t>
+    <t>export date: 23/03/2026</t>
   </si>
   <si>
     <t>Country Operation</t>
   </si>
   <si>
     <t>AAEDC</t>
   </si>
   <si>
     <t>Association des Animateurs et Encadreurs pour le Developpement Communautaire</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>NRC</t>
   </si>
   <si>
     <t xml:space="preserve">Norwegian Refugee Council </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>