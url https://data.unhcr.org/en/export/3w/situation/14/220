--- v0 (2026-01-28)
+++ v1 (2026-02-27)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>DRC Situation (Uganda)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 28/01/2026</t>
+    <t>export date: 27/02/2026</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>DRC</t>
   </si>
   <si>
     <t>Danish Refugee Council</t>
   </si>
   <si>
     <t>IAU</t>
   </si>
   <si>
     <t>Interaid Uganda</t>
   </si>
   <si>
     <t>Uganda Gov. (OPM)</t>
   </si>
   <si>
     <t>Uganda Government (OPM)</t>
   </si>
   <si>
     <t>URDMC</t>
   </si>