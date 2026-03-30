--- v1 (2026-02-27)
+++ v2 (2026-03-30)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>DRC Situation (Uganda)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 27/02/2026</t>
+    <t>export date: 30/03/2026</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>DRC</t>
   </si>
   <si>
     <t>Danish Refugee Council</t>
   </si>
   <si>
     <t>IAU</t>
   </si>
   <si>
     <t>Interaid Uganda</t>
   </si>
   <si>
     <t>Uganda Gov. (OPM)</t>
   </si>
   <si>
     <t>Uganda Government (OPM)</t>
   </si>
   <si>
     <t>URDMC</t>
   </si>