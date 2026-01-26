--- v0 (2026-01-23)
+++ v1 (2026-01-26)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Syria Regional Refugee Response (Maan)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 23/01/2026</t>
+    <t>export date: 26/01/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>IOCC</t>
   </si>
   <si>
     <t>International Orthodox Christian Charities</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>