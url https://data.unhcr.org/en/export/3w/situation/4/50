--- v1 (2026-01-26)
+++ v2 (2026-01-29)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Syria Regional Refugee Response (Maan)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 26/01/2026</t>
+    <t>export date: 29/01/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>IOCC</t>
   </si>
   <si>
     <t>International Orthodox Christian Charities</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>