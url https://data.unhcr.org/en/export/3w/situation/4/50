--- v2 (2026-01-29)
+++ v3 (2026-02-01)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Syria Regional Refugee Response (Maan)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 29/01/2026</t>
+    <t>export date: 01/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>IOCC</t>
   </si>
   <si>
     <t>International Orthodox Christian Charities</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>