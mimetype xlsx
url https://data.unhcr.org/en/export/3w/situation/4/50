--- v3 (2026-02-01)
+++ v4 (2026-02-04)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Syria Regional Refugee Response (Maan)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 01/02/2026</t>
+    <t>export date: 04/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>IOCC</t>
   </si>
   <si>
     <t>International Orthodox Christian Charities</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>