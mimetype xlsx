--- v4 (2026-02-04)
+++ v5 (2026-02-08)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Syria Regional Refugee Response (Maan)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 04/02/2026</t>
+    <t>export date: 08/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>IOCC</t>
   </si>
   <si>
     <t>International Orthodox Christian Charities</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>