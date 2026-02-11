--- v5 (2026-02-08)
+++ v6 (2026-02-11)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Syria Regional Refugee Response (Maan)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 08/02/2026</t>
+    <t>export date: 11/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>IOCC</t>
   </si>
   <si>
     <t>International Orthodox Christian Charities</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>