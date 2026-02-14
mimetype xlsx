--- v6 (2026-02-11)
+++ v7 (2026-02-14)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Syria Regional Refugee Response (Maan)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 11/02/2026</t>
+    <t>export date: 14/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>IOCC</t>
   </si>
   <si>
     <t>International Orthodox Christian Charities</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>