--- v7 (2026-02-14)
+++ v8 (2026-02-17)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Syria Regional Refugee Response (Maan)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 14/02/2026</t>
+    <t>export date: 17/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>IOCC</t>
   </si>
   <si>
     <t>International Orthodox Christian Charities</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>