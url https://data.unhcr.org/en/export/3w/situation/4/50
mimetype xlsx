--- v8 (2026-02-17)
+++ v9 (2026-02-20)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Syria Regional Refugee Response (Maan)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 17/02/2026</t>
+    <t>export date: 20/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>IOCC</t>
   </si>
   <si>
     <t>International Orthodox Christian Charities</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>