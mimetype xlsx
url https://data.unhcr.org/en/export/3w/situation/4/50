--- v9 (2026-02-20)
+++ v10 (2026-02-24)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Syria Regional Refugee Response (Maan)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 20/02/2026</t>
+    <t>export date: 24/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>IOCC</t>
   </si>
   <si>
     <t>International Orthodox Christian Charities</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>