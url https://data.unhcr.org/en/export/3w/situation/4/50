--- v10 (2026-02-24)
+++ v11 (2026-02-27)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Syria Regional Refugee Response (Maan)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 24/02/2026</t>
+    <t>export date: 27/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>IOCC</t>
   </si>
   <si>
     <t>International Orthodox Christian Charities</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>