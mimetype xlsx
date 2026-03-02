--- v11 (2026-02-27)
+++ v12 (2026-03-02)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Syria Regional Refugee Response (Maan)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 27/02/2026</t>
+    <t>export date: 02/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>IOCC</t>
   </si>
   <si>
     <t>International Orthodox Christian Charities</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>