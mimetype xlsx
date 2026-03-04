--- v12 (2026-03-02)
+++ v13 (2026-03-04)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Syria Regional Refugee Response (Maan)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 02/03/2026</t>
+    <t>export date: 04/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>IOCC</t>
   </si>
   <si>
     <t>International Orthodox Christian Charities</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>