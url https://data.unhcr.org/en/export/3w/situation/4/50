--- v13 (2026-03-04)
+++ v14 (2026-03-07)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Syria Regional Refugee Response (Maan)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 04/03/2026</t>
+    <t>export date: 07/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>IOCC</t>
   </si>
   <si>
     <t>International Orthodox Christian Charities</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>