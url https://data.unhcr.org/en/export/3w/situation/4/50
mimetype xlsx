--- v14 (2026-03-07)
+++ v15 (2026-03-10)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Syria Regional Refugee Response (Maan)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 07/03/2026</t>
+    <t>export date: 10/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>IOCC</t>
   </si>
   <si>
     <t>International Orthodox Christian Charities</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>