--- v15 (2026-03-10)
+++ v16 (2026-03-14)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Syria Regional Refugee Response (Maan)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 10/03/2026</t>
+    <t>export date: 14/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>IOCC</t>
   </si>
   <si>
     <t>International Orthodox Christian Charities</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>