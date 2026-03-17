--- v16 (2026-03-14)
+++ v17 (2026-03-17)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Syria Regional Refugee Response (Maan)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 14/03/2026</t>
+    <t>export date: 17/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>IOCC</t>
   </si>
   <si>
     <t>International Orthodox Christian Charities</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>