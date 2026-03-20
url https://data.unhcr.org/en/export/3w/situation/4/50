--- v17 (2026-03-17)
+++ v18 (2026-03-20)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Syria Regional Refugee Response (Maan)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 17/03/2026</t>
+    <t>export date: 20/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>IOCC</t>
   </si>
   <si>
     <t>International Orthodox Christian Charities</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>