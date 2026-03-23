--- v18 (2026-03-20)
+++ v19 (2026-03-23)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Syria Regional Refugee Response (Maan)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 20/03/2026</t>
+    <t>export date: 23/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>IOCC</t>
   </si>
   <si>
     <t>International Orthodox Christian Charities</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>