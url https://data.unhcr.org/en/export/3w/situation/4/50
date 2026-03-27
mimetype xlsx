--- v19 (2026-03-23)
+++ v20 (2026-03-27)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Syria Regional Refugee Response (Maan)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 23/03/2026</t>
+    <t>export date: 27/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>IOCC</t>
   </si>
   <si>
     <t>International Orthodox Christian Charities</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>