--- v20 (2026-03-27)
+++ v21 (2026-03-30)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Syria Regional Refugee Response (Maan)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 27/03/2026</t>
+    <t>export date: 30/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>IOCC</t>
   </si>
   <si>
     <t>International Orthodox Christian Charities</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>