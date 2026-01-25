--- v0 (2026-01-22)
+++ v1 (2026-01-25)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 22/01/2026</t>
+    <t>export date: 25/01/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>