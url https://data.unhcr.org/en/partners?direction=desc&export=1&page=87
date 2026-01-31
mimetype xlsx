--- v1 (2026-01-25)
+++ v2 (2026-01-31)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 25/01/2026</t>
+    <t>export date: 31/01/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>