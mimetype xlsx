--- v2 (2026-01-31)
+++ v3 (2026-02-03)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 31/01/2026</t>
+    <t>export date: 03/02/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>