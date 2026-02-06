--- v3 (2026-02-03)
+++ v4 (2026-02-06)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 03/02/2026</t>
+    <t>export date: 06/02/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>