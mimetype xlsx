--- v4 (2026-02-06)
+++ v5 (2026-02-09)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 06/02/2026</t>
+    <t>export date: 09/02/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>