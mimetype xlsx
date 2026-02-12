--- v5 (2026-02-09)
+++ v6 (2026-02-12)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 09/02/2026</t>
+    <t>export date: 12/02/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>