--- v6 (2026-02-12)
+++ v7 (2026-02-15)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 12/02/2026</t>
+    <t>export date: 15/02/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>