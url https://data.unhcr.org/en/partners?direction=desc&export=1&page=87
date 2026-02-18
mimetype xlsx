--- v7 (2026-02-15)
+++ v8 (2026-02-18)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 15/02/2026</t>
+    <t>export date: 18/02/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>