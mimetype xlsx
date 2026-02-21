--- v8 (2026-02-18)
+++ v9 (2026-02-21)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 18/02/2026</t>
+    <t>export date: 21/02/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>