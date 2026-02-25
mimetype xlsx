--- v9 (2026-02-21)
+++ v10 (2026-02-25)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 21/02/2026</t>
+    <t>export date: 25/02/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>