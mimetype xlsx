--- v10 (2026-02-25)
+++ v11 (2026-02-27)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 25/02/2026</t>
+    <t>export date: 27/02/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>