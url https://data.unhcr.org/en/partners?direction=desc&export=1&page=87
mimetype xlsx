--- v11 (2026-02-27)
+++ v12 (2026-03-02)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 27/02/2026</t>
+    <t>export date: 02/03/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>