--- v12 (2026-03-02)
+++ v13 (2026-03-07)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 02/03/2026</t>
+    <t>export date: 07/03/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>