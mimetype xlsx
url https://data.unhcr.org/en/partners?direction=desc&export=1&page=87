--- v14 (2026-03-09)
+++ v15 (2026-03-12)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 09/03/2026</t>
+    <t>export date: 12/03/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>