--- v15 (2026-03-12)
+++ v16 (2026-03-15)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 12/03/2026</t>
+    <t>export date: 15/03/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>