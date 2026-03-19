--- v16 (2026-03-15)
+++ v17 (2026-03-19)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 15/03/2026</t>
+    <t>export date: 19/03/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>