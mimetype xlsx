--- v18 (2026-03-26)
+++ v19 (2026-03-31)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 26/03/2026</t>
+    <t>export date: 31/03/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>