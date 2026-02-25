--- v3 (2026-02-18)
+++ v4 (2026-02-25)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 18/02/2026</t>
+    <t>export date: 25/02/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>