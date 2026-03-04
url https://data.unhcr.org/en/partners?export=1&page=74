--- v4 (2026-02-25)
+++ v5 (2026-03-04)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 25/02/2026</t>
+    <t>export date: 04/03/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>