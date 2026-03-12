--- v5 (2026-03-04)
+++ v6 (2026-03-12)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>Partner Search Results</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 04/03/2026</t>
+    <t>export date: 12/03/2026</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Camp Coordination and Management</t>
   </si>
   <si>
     <t>Tabareybarey (Camp) (Niger Nationals)</t>
   </si>
   <si>
     <t>Child Protection</t>
   </si>
   <si>
     <t>Nyarugusu Camp</t>
   </si>
   <si>
     <t>Kigoma (way-station/stadium)</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>East</t>
   </si>