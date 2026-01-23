--- v0 (2026-01-21)
+++ v1 (2026-01-23)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 21/01/2026</t>
+    <t>export date: 23/01/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>