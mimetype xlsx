--- v1 (2026-01-23)
+++ v2 (2026-01-24)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 23/01/2026</t>
+    <t>export date: 24/01/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>