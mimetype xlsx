--- v2 (2026-01-24)
+++ v3 (2026-01-25)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 24/01/2026</t>
+    <t>export date: 25/01/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>