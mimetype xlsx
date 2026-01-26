--- v3 (2026-01-25)
+++ v4 (2026-01-26)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 25/01/2026</t>
+    <t>export date: 26/01/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>