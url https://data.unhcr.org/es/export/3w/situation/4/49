--- v4 (2026-01-26)
+++ v5 (2026-01-27)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 26/01/2026</t>
+    <t>export date: 27/01/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>