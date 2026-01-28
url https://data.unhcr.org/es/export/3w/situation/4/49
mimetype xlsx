--- v5 (2026-01-27)
+++ v6 (2026-01-28)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 27/01/2026</t>
+    <t>export date: 28/01/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>