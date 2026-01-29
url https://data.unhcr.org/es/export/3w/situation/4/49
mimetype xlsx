--- v6 (2026-01-28)
+++ v7 (2026-01-29)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 28/01/2026</t>
+    <t>export date: 29/01/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>