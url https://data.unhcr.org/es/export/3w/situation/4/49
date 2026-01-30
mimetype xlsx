--- v7 (2026-01-29)
+++ v8 (2026-01-30)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 29/01/2026</t>
+    <t>export date: 30/01/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>