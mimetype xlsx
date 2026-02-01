--- v8 (2026-01-30)
+++ v9 (2026-02-01)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 30/01/2026</t>
+    <t>export date: 01/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>