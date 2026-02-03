--- v9 (2026-02-01)
+++ v10 (2026-02-03)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 01/02/2026</t>
+    <t>export date: 03/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>