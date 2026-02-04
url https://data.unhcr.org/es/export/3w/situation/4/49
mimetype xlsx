--- v10 (2026-02-03)
+++ v11 (2026-02-04)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 03/02/2026</t>
+    <t>export date: 04/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>