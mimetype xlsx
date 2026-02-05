--- v11 (2026-02-04)
+++ v12 (2026-02-05)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 04/02/2026</t>
+    <t>export date: 05/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>