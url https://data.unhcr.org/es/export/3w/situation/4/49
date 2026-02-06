--- v12 (2026-02-05)
+++ v13 (2026-02-06)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 05/02/2026</t>
+    <t>export date: 06/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>