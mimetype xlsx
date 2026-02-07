--- v13 (2026-02-06)
+++ v14 (2026-02-07)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 06/02/2026</t>
+    <t>export date: 07/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>