--- v14 (2026-02-07)
+++ v15 (2026-02-08)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 07/02/2026</t>
+    <t>export date: 08/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>