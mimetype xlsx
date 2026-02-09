--- v15 (2026-02-08)
+++ v16 (2026-02-09)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 08/02/2026</t>
+    <t>export date: 09/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>