--- v16 (2026-02-09)
+++ v17 (2026-02-10)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 09/02/2026</t>
+    <t>export date: 10/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>