--- v17 (2026-02-10)
+++ v18 (2026-02-11)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 10/02/2026</t>
+    <t>export date: 11/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>