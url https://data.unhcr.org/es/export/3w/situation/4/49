--- v18 (2026-02-11)
+++ v19 (2026-02-12)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 11/02/2026</t>
+    <t>export date: 12/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>