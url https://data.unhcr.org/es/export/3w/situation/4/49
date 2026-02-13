--- v19 (2026-02-12)
+++ v20 (2026-02-13)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 12/02/2026</t>
+    <t>export date: 13/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>