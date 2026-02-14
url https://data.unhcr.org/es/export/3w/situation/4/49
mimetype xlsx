--- v20 (2026-02-13)
+++ v21 (2026-02-14)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 13/02/2026</t>
+    <t>export date: 14/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>