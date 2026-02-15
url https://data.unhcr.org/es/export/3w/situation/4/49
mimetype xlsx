--- v21 (2026-02-14)
+++ v22 (2026-02-15)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 14/02/2026</t>
+    <t>export date: 15/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>