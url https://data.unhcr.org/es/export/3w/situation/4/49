--- v22 (2026-02-15)
+++ v23 (2026-02-16)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 15/02/2026</t>
+    <t>export date: 16/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>