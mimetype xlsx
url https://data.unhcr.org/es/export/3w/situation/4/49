--- v23 (2026-02-16)
+++ v24 (2026-02-17)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 16/02/2026</t>
+    <t>export date: 17/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>