--- v24 (2026-02-17)
+++ v25 (2026-02-18)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 17/02/2026</t>
+    <t>export date: 18/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>