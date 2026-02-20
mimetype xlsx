--- v25 (2026-02-18)
+++ v26 (2026-02-20)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 18/02/2026</t>
+    <t>export date: 20/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>