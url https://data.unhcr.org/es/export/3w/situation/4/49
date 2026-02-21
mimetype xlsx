--- v26 (2026-02-20)
+++ v27 (2026-02-21)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 20/02/2026</t>
+    <t>export date: 21/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>