--- v27 (2026-02-21)
+++ v28 (2026-02-22)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 21/02/2026</t>
+    <t>export date: 22/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>