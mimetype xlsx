--- v28 (2026-02-22)
+++ v29 (2026-02-23)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 22/02/2026</t>
+    <t>export date: 23/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>