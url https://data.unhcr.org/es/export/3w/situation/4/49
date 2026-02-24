--- v29 (2026-02-23)
+++ v30 (2026-02-24)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 23/02/2026</t>
+    <t>export date: 24/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>