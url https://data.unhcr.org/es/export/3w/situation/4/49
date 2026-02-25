--- v30 (2026-02-24)
+++ v31 (2026-02-25)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 24/02/2026</t>
+    <t>export date: 25/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>