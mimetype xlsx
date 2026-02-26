--- v31 (2026-02-25)
+++ v32 (2026-02-26)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 25/02/2026</t>
+    <t>export date: 26/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>