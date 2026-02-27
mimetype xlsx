--- v32 (2026-02-26)
+++ v33 (2026-02-27)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 26/02/2026</t>
+    <t>export date: 27/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>