--- v33 (2026-02-27)
+++ v34 (2026-02-28)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 27/02/2026</t>
+    <t>export date: 28/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>