--- v34 (2026-02-28)
+++ v35 (2026-03-01)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 28/02/2026</t>
+    <t>export date: 01/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>