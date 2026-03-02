--- v35 (2026-03-01)
+++ v36 (2026-03-02)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 01/03/2026</t>
+    <t>export date: 02/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>