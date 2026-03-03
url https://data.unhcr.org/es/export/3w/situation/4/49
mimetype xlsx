--- v36 (2026-03-02)
+++ v37 (2026-03-03)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 02/03/2026</t>
+    <t>export date: 03/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>