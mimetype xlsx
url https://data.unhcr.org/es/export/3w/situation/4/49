--- v37 (2026-03-03)
+++ v38 (2026-03-04)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 03/03/2026</t>
+    <t>export date: 04/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>