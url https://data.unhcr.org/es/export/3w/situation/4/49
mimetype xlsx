--- v38 (2026-03-04)
+++ v39 (2026-03-05)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 04/03/2026</t>
+    <t>export date: 05/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>