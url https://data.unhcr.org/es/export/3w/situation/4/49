--- v39 (2026-03-05)
+++ v40 (2026-03-06)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 05/03/2026</t>
+    <t>export date: 06/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>