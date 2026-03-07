--- v40 (2026-03-06)
+++ v41 (2026-03-07)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 06/03/2026</t>
+    <t>export date: 07/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>