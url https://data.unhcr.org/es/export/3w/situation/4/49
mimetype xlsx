--- v41 (2026-03-07)
+++ v42 (2026-03-09)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 07/03/2026</t>
+    <t>export date: 09/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>