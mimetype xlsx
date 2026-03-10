--- v42 (2026-03-09)
+++ v43 (2026-03-10)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 09/03/2026</t>
+    <t>export date: 10/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>