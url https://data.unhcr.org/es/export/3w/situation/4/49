--- v43 (2026-03-10)
+++ v44 (2026-03-11)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 10/03/2026</t>
+    <t>export date: 11/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>