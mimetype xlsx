--- v44 (2026-03-11)
+++ v45 (2026-03-13)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 11/03/2026</t>
+    <t>export date: 13/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>