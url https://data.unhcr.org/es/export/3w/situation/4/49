--- v45 (2026-03-13)
+++ v46 (2026-03-14)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 13/03/2026</t>
+    <t>export date: 14/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>