--- v46 (2026-03-14)
+++ v47 (2026-03-15)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 14/03/2026</t>
+    <t>export date: 15/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>