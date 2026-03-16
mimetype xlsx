--- v47 (2026-03-15)
+++ v48 (2026-03-16)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 15/03/2026</t>
+    <t>export date: 16/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>