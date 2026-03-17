--- v48 (2026-03-16)
+++ v49 (2026-03-17)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 16/03/2026</t>
+    <t>export date: 17/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>