--- v49 (2026-03-17)
+++ v50 (2026-03-19)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 17/03/2026</t>
+    <t>export date: 19/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>