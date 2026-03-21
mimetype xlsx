--- v50 (2026-03-19)
+++ v51 (2026-03-21)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 19/03/2026</t>
+    <t>export date: 21/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>