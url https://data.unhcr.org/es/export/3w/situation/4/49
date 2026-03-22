--- v51 (2026-03-21)
+++ v52 (2026-03-22)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 21/03/2026</t>
+    <t>export date: 22/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>