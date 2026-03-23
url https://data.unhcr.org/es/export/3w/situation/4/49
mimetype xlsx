--- v52 (2026-03-22)
+++ v53 (2026-03-23)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 22/03/2026</t>
+    <t>export date: 23/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>