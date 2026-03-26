--- v53 (2026-03-23)
+++ v54 (2026-03-26)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 23/03/2026</t>
+    <t>export date: 26/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>