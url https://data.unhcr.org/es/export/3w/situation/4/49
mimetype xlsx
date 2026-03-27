--- v54 (2026-03-26)
+++ v55 (2026-03-27)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 26/03/2026</t>
+    <t>export date: 27/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>