--- v55 (2026-03-27)
+++ v56 (2026-03-29)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 27/03/2026</t>
+    <t>export date: 29/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>