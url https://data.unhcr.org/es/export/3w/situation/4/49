--- v56 (2026-03-29)
+++ v57 (2026-03-30)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Syria Regional Refugee Response (Maan Governorate)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 29/03/2026</t>
+    <t>export date: 30/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Emergency Shelter and NFI</t>
   </si>
   <si>
     <t>ADRA</t>
   </si>
   <si>
     <t>Adventist Development and Relief Agency</t>
   </si>