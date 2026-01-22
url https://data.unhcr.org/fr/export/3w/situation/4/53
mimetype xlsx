--- v0 (2026-01-21)
+++ v1 (2026-01-22)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Syria Regional Refugee Response (Zaatari Refugee Camp)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 21/01/2026</t>
+    <t>export date: 22/01/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Mercy Corps</t>
   </si>