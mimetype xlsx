--- v20 (2026-02-10)
+++ v21 (2026-02-11)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Syria Regional Refugee Response (Zaatari Refugee Camp)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 10/02/2026</t>
+    <t>export date: 11/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Mercy Corps</t>
   </si>