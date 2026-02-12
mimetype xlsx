--- v21 (2026-02-11)
+++ v22 (2026-02-12)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Syria Regional Refugee Response (Zaatari Refugee Camp)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 11/02/2026</t>
+    <t>export date: 12/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Mercy Corps</t>
   </si>