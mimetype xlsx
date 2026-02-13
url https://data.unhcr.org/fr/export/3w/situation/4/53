--- v22 (2026-02-12)
+++ v23 (2026-02-13)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Syria Regional Refugee Response (Zaatari Refugee Camp)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 12/02/2026</t>
+    <t>export date: 13/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Mercy Corps</t>
   </si>