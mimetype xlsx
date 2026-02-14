--- v23 (2026-02-13)
+++ v24 (2026-02-14)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Syria Regional Refugee Response (Zaatari Refugee Camp)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 13/02/2026</t>
+    <t>export date: 14/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Mercy Corps</t>
   </si>