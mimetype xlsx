--- v28 (2026-02-18)
+++ v29 (2026-02-20)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Syria Regional Refugee Response (Zaatari Refugee Camp)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 18/02/2026</t>
+    <t>export date: 20/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Mercy Corps</t>
   </si>