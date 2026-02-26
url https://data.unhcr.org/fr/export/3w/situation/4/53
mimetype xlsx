--- v34 (2026-02-25)
+++ v35 (2026-02-26)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Syria Regional Refugee Response (Zaatari Refugee Camp)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 25/02/2026</t>
+    <t>export date: 26/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Mercy Corps</t>
   </si>