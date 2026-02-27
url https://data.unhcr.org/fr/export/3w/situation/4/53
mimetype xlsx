--- v35 (2026-02-26)
+++ v36 (2026-02-27)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Syria Regional Refugee Response (Zaatari Refugee Camp)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 26/02/2026</t>
+    <t>export date: 27/02/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Mercy Corps</t>
   </si>