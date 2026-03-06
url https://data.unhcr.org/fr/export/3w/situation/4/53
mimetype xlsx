--- v41 (2026-03-05)
+++ v42 (2026-03-06)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Syria Regional Refugee Response (Zaatari Refugee Camp)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 05/03/2026</t>
+    <t>export date: 06/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Mercy Corps</t>
   </si>