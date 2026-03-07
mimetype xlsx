--- v42 (2026-03-06)
+++ v43 (2026-03-07)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Syria Regional Refugee Response (Zaatari Refugee Camp)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 06/03/2026</t>
+    <t>export date: 07/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Mercy Corps</t>
   </si>