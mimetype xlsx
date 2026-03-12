--- v45 (2026-03-10)
+++ v46 (2026-03-12)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Syria Regional Refugee Response (Zaatari Refugee Camp)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 10/03/2026</t>
+    <t>export date: 12/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Mercy Corps</t>
   </si>