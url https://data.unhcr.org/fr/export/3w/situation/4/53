--- v51 (2026-03-17)
+++ v52 (2026-03-18)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Syria Regional Refugee Response (Zaatari Refugee Camp)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 17/03/2026</t>
+    <t>export date: 18/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Mercy Corps</t>
   </si>