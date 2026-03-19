--- v52 (2026-03-18)
+++ v53 (2026-03-19)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Syria Regional Refugee Response (Zaatari Refugee Camp)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 18/03/2026</t>
+    <t>export date: 19/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Mercy Corps</t>
   </si>