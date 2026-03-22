--- v55 (2026-03-21)
+++ v56 (2026-03-22)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Syria Regional Refugee Response (Zaatari Refugee Camp)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 21/03/2026</t>
+    <t>export date: 22/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Mercy Corps</t>
   </si>