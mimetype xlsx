--- v56 (2026-03-22)
+++ v57 (2026-03-23)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Syria Regional Refugee Response (Zaatari Refugee Camp)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 22/03/2026</t>
+    <t>export date: 23/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Mercy Corps</t>
   </si>