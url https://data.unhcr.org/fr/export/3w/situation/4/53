--- v60 (2026-03-26)
+++ v61 (2026-03-27)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Syria Regional Refugee Response (Zaatari Refugee Camp)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 26/03/2026</t>
+    <t>export date: 27/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Mercy Corps</t>
   </si>