--- v61 (2026-03-27)
+++ v62 (2026-03-28)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Syria Regional Refugee Response (Zaatari Refugee Camp)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 27/03/2026</t>
+    <t>export date: 28/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Mercy Corps</t>
   </si>