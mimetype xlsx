--- v64 (2026-03-30)
+++ v65 (2026-03-31)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Syria Regional Refugee Response (Zaatari Refugee Camp)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 30/03/2026</t>
+    <t>export date: 31/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>ACTED</t>
   </si>
   <si>
     <t>Agency for Technical Cooperation and Development</t>
   </si>
   <si>
     <t>Cash Assistance</t>
   </si>
   <si>
     <t>AVSI</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Mercy Corps</t>
   </si>