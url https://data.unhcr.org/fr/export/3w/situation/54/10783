--- v0 (2026-01-25)
+++ v1 (2026-03-27)
@@ -12,89 +12,95 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3W" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Ukraine Refugee Situation (Hungary)</t>
   </si>
   <si>
     <t>Who's doing What Where (3W)</t>
   </si>
   <si>
     <t>exported from the Refugees Situations Operational Portal at data.unhcr.org</t>
   </si>
   <si>
-    <t>export date: 25/01/2026</t>
+    <t>export date: 27/03/2026</t>
   </si>
   <si>
     <t>Basic Needs</t>
   </si>
   <si>
     <t>Katolikus Karitász - Caritas Hungarica</t>
   </si>
   <si>
     <t>Caritas Hungary</t>
   </si>
   <si>
     <t>Dévai Inn</t>
   </si>
   <si>
     <t>Evangelical-Lutheran Church in Budapest-Józsefváros</t>
   </si>
   <si>
     <t>HBAid</t>
   </si>
   <si>
     <t>Hungarian Baptist Aid</t>
   </si>
   <si>
     <t>HIA</t>
   </si>
   <si>
     <t>Hungarian Interchurch Aid</t>
+  </si>
+  <si>
+    <t>HunRC</t>
+  </si>
+  <si>
+    <t>Hungarian Red Cross</t>
   </si>
   <si>
     <t>IOM</t>
   </si>
   <si>
     <t>International Organization for Migration</t>
   </si>
   <si>
     <t>LITERA</t>
   </si>
   <si>
     <t>LITERA Association</t>
   </si>
   <si>
     <t>Next Step</t>
   </si>
   <si>
     <t>Next Step Hungary Association</t>
   </si>
   <si>
     <t>UREC</t>
   </si>
   <si>
     <t>Ukrainian Refugee Education Centre Foundation</t>
   </si>
@@ -571,54 +577,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B88"/>
+  <dimension ref="A1:B92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A69" sqref="A69:A69"/>
+      <selection activeCell="A73" sqref="A73:A73"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:2">
@@ -676,588 +682,620 @@
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>17</v>
       </c>
       <c r="B13" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>19</v>
       </c>
       <c r="B14" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>21</v>
       </c>
       <c r="B15" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="17" spans="1:2">
-      <c r="A17" s="2" t="s">
+    <row r="16" spans="1:2">
+      <c r="A16" t="s">
         <v>23</v>
       </c>
+      <c r="B16" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="18" spans="1:2">
-      <c r="A18" t="s">
-[...2 lines deleted...]
-      <c r="B18" t="s">
+      <c r="A18" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>26</v>
       </c>
       <c r="B19" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>7</v>
+        <v>28</v>
       </c>
       <c r="B20" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>28</v>
+        <v>7</v>
       </c>
       <c r="B21" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="B22" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="B23" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>13</v>
       </c>
       <c r="B24" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="B25" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="B26" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="B27" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="B28" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>35</v>
       </c>
       <c r="B29" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="B30" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B31" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B32" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B33" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="B34" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>45</v>
       </c>
       <c r="B35" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>21</v>
       </c>
       <c r="B36" t="s">
         <v>22</v>
       </c>
     </row>
+    <row r="37" spans="1:2">
+      <c r="A37" t="s">
+        <v>47</v>
+      </c>
+      <c r="B37" t="s">
+        <v>47</v>
+      </c>
+    </row>
     <row r="38" spans="1:2">
-      <c r="A38" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A39" t="s">
+      <c r="A38" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" t="s">
         <v>24</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="40" spans="1:2">
-      <c r="A40" t="s">
-[...2 lines deleted...]
-      <c r="B40" t="s">
+      <c r="A40" s="2" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" t="s">
-        <v>5</v>
+        <v>26</v>
       </c>
       <c r="B41" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42" t="s">
-        <v>7</v>
+        <v>49</v>
       </c>
       <c r="B42" t="s">
-        <v>8</v>
+        <v>50</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="B43" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="B44" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="B45" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B46" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:2">
       <c r="A47" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B47" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="48" spans="1:2">
       <c r="A48" t="s">
         <v>31</v>
       </c>
       <c r="B48" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="49" spans="1:2">
       <c r="A49" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="B49" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
     </row>
     <row r="50" spans="1:2">
       <c r="A50" t="s">
         <v>17</v>
       </c>
       <c r="B50" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:2">
       <c r="A51" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B51" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
     </row>
     <row r="52" spans="1:2">
       <c r="A52" t="s">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="53" spans="1:2">
       <c r="A53" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="B53" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
     </row>
     <row r="54" spans="1:2">
       <c r="A54" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="B54" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
     </row>
     <row r="55" spans="1:2">
       <c r="A55" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="B55" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
     </row>
     <row r="56" spans="1:2">
       <c r="A56" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="B56" t="s">
-        <v>53</v>
+        <v>44</v>
+      </c>
+    </row>
+    <row r="57" spans="1:2">
+      <c r="A57" t="s">
+        <v>47</v>
+      </c>
+      <c r="B57" t="s">
+        <v>47</v>
       </c>
     </row>
     <row r="58" spans="1:2">
-      <c r="A58" s="2" t="s">
-        <v>54</v>
+      <c r="A58" t="s">
+        <v>23</v>
+      </c>
+      <c r="B58" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="59" spans="1:2">
       <c r="A59" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="B59" t="s">
-        <v>25</v>
-[...7 lines deleted...]
-        <v>6</v>
+        <v>55</v>
       </c>
     </row>
     <row r="61" spans="1:2">
-      <c r="A61" t="s">
-[...3 lines deleted...]
-        <v>8</v>
+      <c r="A61" s="2" t="s">
+        <v>56</v>
       </c>
     </row>
     <row r="62" spans="1:2">
       <c r="A62" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="B62" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
     </row>
     <row r="63" spans="1:2">
       <c r="A63" t="s">
-        <v>31</v>
+        <v>5</v>
       </c>
       <c r="B63" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:2">
       <c r="A64" t="s">
-        <v>51</v>
+        <v>7</v>
       </c>
       <c r="B64" t="s">
-        <v>51</v>
+        <v>8</v>
       </c>
     </row>
     <row r="65" spans="1:2">
       <c r="A65" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="B65" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="66" spans="1:2">
       <c r="A66" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="B66" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="67" spans="1:2">
       <c r="A67" t="s">
-        <v>55</v>
+        <v>33</v>
       </c>
       <c r="B67" t="s">
-        <v>56</v>
+        <v>34</v>
+      </c>
+    </row>
+    <row r="68" spans="1:2">
+      <c r="A68" t="s">
+        <v>53</v>
+      </c>
+      <c r="B68" t="s">
+        <v>53</v>
       </c>
     </row>
     <row r="69" spans="1:2">
-      <c r="A69" s="2" t="s">
-        <v>57</v>
+      <c r="A69" t="s">
+        <v>21</v>
+      </c>
+      <c r="B69" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="70" spans="1:2">
       <c r="A70" t="s">
+        <v>23</v>
+      </c>
+      <c r="B70" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="71" spans="1:2">
       <c r="A71" t="s">
-        <v>5</v>
+        <v>57</v>
       </c>
       <c r="B71" t="s">
-        <v>6</v>
-[...3 lines deleted...]
-      <c r="A72" t="s">
         <v>58</v>
       </c>
-      <c r="B72" t="s">
+    </row>
+    <row r="73" spans="1:2">
+      <c r="A73" s="2" t="s">
         <v>59</v>
-      </c>
-[...6 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="74" spans="1:2">
       <c r="A74" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="B74" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
     </row>
     <row r="75" spans="1:2">
       <c r="A75" t="s">
-        <v>29</v>
+        <v>5</v>
       </c>
       <c r="B75" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:2">
       <c r="A76" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
       <c r="B76" t="s">
-        <v>14</v>
+        <v>61</v>
       </c>
     </row>
     <row r="77" spans="1:2">
       <c r="A77" t="s">
-        <v>15</v>
+        <v>62</v>
       </c>
       <c r="B77" t="s">
-        <v>16</v>
+        <v>63</v>
       </c>
     </row>
     <row r="78" spans="1:2">
       <c r="A78" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="B78" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:2">
       <c r="A79" t="s">
-        <v>49</v>
+        <v>31</v>
       </c>
       <c r="B79" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
     </row>
     <row r="80" spans="1:2">
       <c r="A80" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B80" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="81" spans="1:2">
       <c r="A81" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="B81" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="82" spans="1:2">
       <c r="A82" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="B82" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
     </row>
     <row r="83" spans="1:2">
       <c r="A83" t="s">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="B83" t="s">
-        <v>40</v>
+        <v>52</v>
       </c>
     </row>
     <row r="84" spans="1:2">
       <c r="A84" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="B84" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
     </row>
     <row r="85" spans="1:2">
       <c r="A85" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="B85" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="86" spans="1:2">
       <c r="A86" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="B86" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
     </row>
     <row r="87" spans="1:2">
       <c r="A87" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="B87" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
     </row>
     <row r="88" spans="1:2">
       <c r="A88" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="B88" t="s">
-        <v>53</v>
+        <v>44</v>
+      </c>
+    </row>
+    <row r="89" spans="1:2">
+      <c r="A89" t="s">
+        <v>21</v>
+      </c>
+      <c r="B89" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="90" spans="1:2">
+      <c r="A90" t="s">
+        <v>64</v>
+      </c>
+      <c r="B90" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="91" spans="1:2">
+      <c r="A91" t="s">
+        <v>23</v>
+      </c>
+      <c r="B91" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="92" spans="1:2">
+      <c r="A92" t="s">
+        <v>54</v>
+      </c>
+      <c r="B92" t="s">
+        <v>55</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">